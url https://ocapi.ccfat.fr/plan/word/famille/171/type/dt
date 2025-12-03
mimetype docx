--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 19/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1690,51 +1690,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EB9DA818"/>
+    <w:nsid w:val="23E46BDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1838,51 +1838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2AFAB420"/>
+    <w:nsid w:val="7239F787"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1986,51 +1986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="326310CF"/>
+    <w:nsid w:val="8157482A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2134,51 +2134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="34AC3464"/>
+    <w:nsid w:val="428F538A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2282,51 +2282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="771D2940"/>
+    <w:nsid w:val="C43BD195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2430,51 +2430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="AB87B911"/>
+    <w:nsid w:val="6DFAF542"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2578,51 +2578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="08B584BE"/>
+    <w:nsid w:val="A4AD6FCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2726,51 +2726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="4F858CC0"/>
+    <w:nsid w:val="BCF03B8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2874,51 +2874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1FC27D25"/>
+    <w:nsid w:val="7C45A305"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>