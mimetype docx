--- v1 (2025-12-03)
+++ v2 (2026-01-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 22/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1521,50 +1521,96 @@
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Passage d’une pièce non structurelle imprimée en 3D, vers une pièce réalisée par injection (forme et matière restant identiques). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ce lien renvoi vers la dernière version en vigueur, tenue à jour.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">7.24. 2025 (02) Justification de la compatibilité et de l’adhésivité-cohésion des mastics</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.25. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.26. 2025 (10) Essais sur fenêtres coupoles pour toitures-terrasses et couvertures en pente jusqu’à 15°</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1690,51 +1736,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="23E46BDA"/>
+    <w:nsid w:val="78965EF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1838,51 +1884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7239F787"/>
+    <w:nsid w:val="B86ABBE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1986,51 +2032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8157482A"/>
+    <w:nsid w:val="DA4F071F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2134,51 +2180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="428F538A"/>
+    <w:nsid w:val="169FB463"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2282,51 +2328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C43BD195"/>
+    <w:nsid w:val="1CFA3058"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2430,51 +2476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6DFAF542"/>
+    <w:nsid w:val="E2CAAB89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2578,51 +2624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A4AD6FCF"/>
+    <w:nsid w:val="A2952E57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2726,51 +2772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BCF03B8A"/>
+    <w:nsid w:val="31DE37D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2874,51 +2920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="7C45A305"/>
+    <w:nsid w:val="55852311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>