--- v2 (2026-01-22)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 22/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1557,58 +1557,245 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">7.25. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Plusieurs types de vitrages peuvent être revendiqués dans les DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants doubles et/ou triples ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants simples justifiant de performances thermiques (exemple : vitrages sous vide) ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages simples (non-isolant). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans le cas des vitrages simples (non-isolant), le GS exige que le système prévoie une solution de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cependant, le GS prévoit dorénavant un cas ne nécessitant pas de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il s’agit du cas où l’utilisation des vitrages simples est exclusivement réservée à des locaux non chauffés. Dans ce cas les éléments suivants seront précisés dans le DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">paragraphes « domaine d’emploi », « remarques du GS » et « vitrage » : une phrase complémentaire sera ajoutée, précisant que l’utilisation de vitrage simple est exclusivement réservée à des locaux non chauffés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">planches de profilés : les profilés concernés (parcloses de grande profondeur par exemple) seront identifiés par un astérisque stipulant « * : profilés réservés aux fenêtres mises en œuvre dans des pièces non chauffées ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">7.26. 2025 (10) Essais sur fenêtres coupoles pour toitures-terrasses et couvertures en pente jusqu’à 15°</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les caractéristiques mécaniques du dôme en PMMA pouvant évoluer avec le temps, il conviendra de réaliser l’essai de choc 1200J sans ce dôme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.27. 2025 (10) Evolution de la liste exhaustive concernant la procédure d'évolutions mineures</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les propositions de modifications ont été examinées par le GS. La liste exhaustive sera mise à jour en conséquence et envoyée aux membres du GS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La liste des évolutions mineures « Simplification des DTA-AT du GS6_V3_2025 » est disponible au lien ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.28. 2025 (12) Eléments de preuves recevables concernant les DTA dont le domaine d'emploi couvre l'outremer (soumis à la réglementation paracyclonique)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -1736,51 +1923,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="78965EF9"/>
+    <w:nsid w:val="29595BBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1884,51 +2071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B86ABBE7"/>
+    <w:nsid w:val="0F926975"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2032,51 +2219,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="DA4F071F"/>
+    <w:nsid w:val="8105FD9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2180,51 +2367,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="169FB463"/>
+    <w:nsid w:val="4AA84DB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2328,51 +2515,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="1CFA3058"/>
+    <w:nsid w:val="D0985471"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2476,51 +2663,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E2CAAB89"/>
+    <w:nsid w:val="E692BEBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2624,51 +2811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A2952E57"/>
+    <w:nsid w:val="A926D20E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2772,51 +2959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="31DE37D8"/>
+    <w:nsid w:val="7A35F165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2920,51 +3107,347 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="55852311"/>
+    <w:nsid w:val="35878295"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="2BAC33A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="5844C4C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3093,50 +3576,56 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>