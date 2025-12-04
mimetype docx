--- v0 (2025-11-04)
+++ v1 (2025-12-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 04/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 04/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2394,51 +2394,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EE07C33B"/>
+    <w:nsid w:val="918CC271"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2542,51 +2542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="F4FD4E0D"/>
+    <w:nsid w:val="9D7B54CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2690,51 +2690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F8AB80BD"/>
+    <w:nsid w:val="377CC213"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2838,51 +2838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BBDA9389"/>
+    <w:nsid w:val="A2FC3665"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2986,51 +2986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D6D4F0F0"/>
+    <w:nsid w:val="D4B92F4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3134,51 +3134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D75CA2D2"/>
+    <w:nsid w:val="684DFF82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3282,51 +3282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E74004C5"/>
+    <w:nsid w:val="52D8723B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3430,51 +3430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="47DD2CDF"/>
+    <w:nsid w:val="9B0599B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3578,51 +3578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="47F7B567"/>
+    <w:nsid w:val="D671E181"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="546051E8"/>
+    <w:nsid w:val="C4182DD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3874,51 +3874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="DD2C68CE"/>
+    <w:nsid w:val="4304CE28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4022,51 +4022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="7DD0A1F9"/>
+    <w:nsid w:val="F78FC248"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="AC845CD7"/>
+    <w:nsid w:val="C356A1FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4318,51 +4318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="BC855C05"/>
+    <w:nsid w:val="1283B994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4466,51 +4466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C6F788D0"/>
+    <w:nsid w:val="7A7D4E61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="FAA6FC7C"/>
+    <w:nsid w:val="BF0D44FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="510AB629"/>
+    <w:nsid w:val="BC788714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D53F907A"/>
+    <w:nsid w:val="3632265B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>