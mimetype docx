--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 04/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 02/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2394,51 +2394,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="918CC271"/>
+    <w:nsid w:val="9F80776A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2542,51 +2542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9D7B54CE"/>
+    <w:nsid w:val="F10826F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2690,51 +2690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="377CC213"/>
+    <w:nsid w:val="8904FE3E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2838,51 +2838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="A2FC3665"/>
+    <w:nsid w:val="BE674EC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2986,51 +2986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D4B92F4D"/>
+    <w:nsid w:val="FBA2991C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3134,51 +3134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="684DFF82"/>
+    <w:nsid w:val="B2466F88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3282,51 +3282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="52D8723B"/>
+    <w:nsid w:val="A3829D98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3430,51 +3430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="9B0599B9"/>
+    <w:nsid w:val="117A66DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3578,51 +3578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D671E181"/>
+    <w:nsid w:val="846C8283"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="C4182DD6"/>
+    <w:nsid w:val="E9F90B2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3874,51 +3874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4304CE28"/>
+    <w:nsid w:val="D2375504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4022,51 +4022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="F78FC248"/>
+    <w:nsid w:val="672CAFB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="C356A1FE"/>
+    <w:nsid w:val="A07AF011"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4318,51 +4318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="1283B994"/>
+    <w:nsid w:val="D57E8D83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4466,51 +4466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="7A7D4E61"/>
+    <w:nsid w:val="DE2D5EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="BF0D44FD"/>
+    <w:nsid w:val="C4E59426"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="BC788714"/>
+    <w:nsid w:val="DE571945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="3632265B"/>
+    <w:nsid w:val="A195B1FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>