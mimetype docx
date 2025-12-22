--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 09 - Édité le 03/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 09 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 09 « Cloisons, doublages et plafonds »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>