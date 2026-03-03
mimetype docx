--- v1 (2025-12-22)
+++ v2 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 09 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 09 - Édité le 03/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 09 « Cloisons, doublages et plafonds »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -132,67 +132,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Parements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. Ossatures et accessoires de plafond</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. Isolation incorporée et/ou rapportée</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5. Capot (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6. Matériaux de jointoiement ou de liaison (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7. Fixations du système</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8. Fixation au support</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.9. Emetteurs hydrauliques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.10. Régulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.11. Finitions (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.12. Autres produits ou accessoires utilisés pour la mise en œuvre</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Fabrication - contrôles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.1. Suivi ou certification des produits par tierce partie</w:t>
+        <w:t xml:space="preserve">4.1. Description de la fabrication des éléments</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Suivi ou certification des produits par tierce partie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 11/06/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Se référer à la jurisprudence "suivi ou certification nécessaire ou non nécessaire des produits contenus dans les systèmes faisant l’objet d’un Avis Technique ou DTA du GS 9" pour connaitre les suivis exigés par le GS9</w:t>
       </w:r>
@@ -203,111 +313,239 @@
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Conception - Dimensionnement</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. Généralité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
-        <w:t xml:space="preserve">5.2. Validité des essais acoustiques</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Les essais acoustiques de plus de 10 ans à la date de passage en GS du dossier ne sont pas acceptés hormis si les éléments de preuve démontrant la conservation des performances des éléments du système sont apportés (module dynamique de la plaque).</w:t>
+        <w:t xml:space="preserve">5.2. Stabilité et résistance mécanique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3. Sécurité en cas d'incendie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4. Performances acoustiques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.5. Isolation thermique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6. Stabilité parasismique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7. Sécurité d’utilisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.8. Données environnementales et aspects sanitaires</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9. Durabilité</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.1. Durabilité des éléments d’ossature et de suspension</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.2. Durabilité des éléments d'habillage</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.3. Durabilité des finitions apportées</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.4. Durabilité des éléments hydrauliques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.5. Durabilité des autres éléments</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.6. Durabilité dans les locaux à très forte hygrométrie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Mise en œuvre - Contrôles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. Entretien</w:t>
+        <w:t xml:space="preserve">7. Maintien en service du produit ou procédé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
-        <w:t xml:space="preserve">8. Rôle des intervenants</w:t>
+        <w:t xml:space="preserve">8. Traitement en fin de vie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Assistance technique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Références chantiers</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>