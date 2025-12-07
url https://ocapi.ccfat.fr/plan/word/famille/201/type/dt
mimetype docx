--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 21/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3592,51 +3592,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="DAE81809"/>
+    <w:nsid w:val="A44CBF31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3740,51 +3740,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7E24BFF4"/>
+    <w:nsid w:val="590F64EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3888,51 +3888,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1A24D880"/>
+    <w:nsid w:val="60D36106"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4036,51 +4036,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="64EF9F50"/>
+    <w:nsid w:val="8C18C861"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4184,51 +4184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="3A3B45BD"/>
+    <w:nsid w:val="706C8DC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4332,51 +4332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="911C0166"/>
+    <w:nsid w:val="BD755E84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4480,51 +4480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="249FC28A"/>
+    <w:nsid w:val="BCA6F942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4628,51 +4628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="3363A947"/>
+    <w:nsid w:val="31755479"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4776,51 +4776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="4010B9DB"/>
+    <w:nsid w:val="A956B071"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4924,51 +4924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="91CC7DB2"/>
+    <w:nsid w:val="55C982EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5072,51 +5072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="99B84ED9"/>
+    <w:nsid w:val="9287DB0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5220,51 +5220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="0A3C51E1"/>
+    <w:nsid w:val="3C88CDB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5368,51 +5368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="43F05248"/>
+    <w:nsid w:val="AC53D7F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5516,51 +5516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7B620413"/>
+    <w:nsid w:val="BD1E25CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5664,51 +5664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="E1554923"/>
+    <w:nsid w:val="8EF786F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5812,51 +5812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="121811A6"/>
+    <w:nsid w:val="222A061E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5960,51 +5960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9B9E5CCD"/>
+    <w:nsid w:val="9794FDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6108,51 +6108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="66489A68"/>
+    <w:nsid w:val="858A01EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6256,51 +6256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="64972F4B"/>
+    <w:nsid w:val="560AE729"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6404,51 +6404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="C796D85F"/>
+    <w:nsid w:val="19213BC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6552,51 +6552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="03792325"/>
+    <w:nsid w:val="E814C21C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6700,51 +6700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="934B3DB1"/>
+    <w:nsid w:val="D755B3AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6848,51 +6848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="2E1DF5F6"/>
+    <w:nsid w:val="4EE42EA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6996,51 +6996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="050CEC8C"/>
+    <w:nsid w:val="6D279574"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7144,51 +7144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="57A4196E"/>
+    <w:nsid w:val="1D346751"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>