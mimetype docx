--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 04/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3592,51 +3592,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A44CBF31"/>
+    <w:nsid w:val="508C7D03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3740,51 +3740,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="590F64EA"/>
+    <w:nsid w:val="494D66B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3888,51 +3888,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="60D36106"/>
+    <w:nsid w:val="4D4CED58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4036,51 +4036,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8C18C861"/>
+    <w:nsid w:val="8B63A326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4184,51 +4184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="706C8DC7"/>
+    <w:nsid w:val="15FA429D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4332,51 +4332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="BD755E84"/>
+    <w:nsid w:val="941E481D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4480,51 +4480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="BCA6F942"/>
+    <w:nsid w:val="417F1C00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4628,51 +4628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="31755479"/>
+    <w:nsid w:val="07AFADD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4776,51 +4776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A956B071"/>
+    <w:nsid w:val="2E6B76DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4924,51 +4924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="55C982EE"/>
+    <w:nsid w:val="1B6CDADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5072,51 +5072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9287DB0A"/>
+    <w:nsid w:val="3EB10DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5220,51 +5220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3C88CDB2"/>
+    <w:nsid w:val="EFDC364C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5368,51 +5368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="AC53D7F8"/>
+    <w:nsid w:val="D150E702"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5516,51 +5516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="BD1E25CD"/>
+    <w:nsid w:val="D0831B6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5664,51 +5664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8EF786F4"/>
+    <w:nsid w:val="006AD09F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5812,51 +5812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="222A061E"/>
+    <w:nsid w:val="4FB03C20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5960,51 +5960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9794FDDB"/>
+    <w:nsid w:val="CBDB2415"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6108,51 +6108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="858A01EC"/>
+    <w:nsid w:val="F7E93398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6256,51 +6256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="560AE729"/>
+    <w:nsid w:val="07EECC42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6404,51 +6404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="19213BC9"/>
+    <w:nsid w:val="EFBF25BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6552,51 +6552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="E814C21C"/>
+    <w:nsid w:val="257B7A4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6700,51 +6700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="D755B3AA"/>
+    <w:nsid w:val="3208C575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6848,51 +6848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4EE42EA6"/>
+    <w:nsid w:val="7A2841A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6996,51 +6996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="6D279574"/>
+    <w:nsid w:val="F186715F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7144,51 +7144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="1D346751"/>
+    <w:nsid w:val="38B9BC1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>