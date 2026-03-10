--- v2 (2026-02-04)
+++ v3 (2026-03-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 04/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 10/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3592,51 +3592,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="508C7D03"/>
+    <w:nsid w:val="1A23CA50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3740,51 +3740,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="494D66B1"/>
+    <w:nsid w:val="21EFDCC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3888,51 +3888,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4D4CED58"/>
+    <w:nsid w:val="D3B62393"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4036,51 +4036,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8B63A326"/>
+    <w:nsid w:val="57BB0EE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4184,51 +4184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="15FA429D"/>
+    <w:nsid w:val="E44B8E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4332,51 +4332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="941E481D"/>
+    <w:nsid w:val="E30063EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4480,51 +4480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="417F1C00"/>
+    <w:nsid w:val="01FCD6AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4628,51 +4628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="07AFADD0"/>
+    <w:nsid w:val="65A6571E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4776,51 +4776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2E6B76DD"/>
+    <w:nsid w:val="33680C6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4924,51 +4924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1B6CDADD"/>
+    <w:nsid w:val="8739ED4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5072,51 +5072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="3EB10DA3"/>
+    <w:nsid w:val="21EA9EFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5220,51 +5220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="EFDC364C"/>
+    <w:nsid w:val="E675F2E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5368,51 +5368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D150E702"/>
+    <w:nsid w:val="3C5DC502"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5516,51 +5516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D0831B6D"/>
+    <w:nsid w:val="60572FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5664,51 +5664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="006AD09F"/>
+    <w:nsid w:val="7A8519E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5812,51 +5812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="4FB03C20"/>
+    <w:nsid w:val="26BA7795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5960,51 +5960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="CBDB2415"/>
+    <w:nsid w:val="73895969"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6108,51 +6108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="F7E93398"/>
+    <w:nsid w:val="01FB1ED7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6256,51 +6256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="07EECC42"/>
+    <w:nsid w:val="90BA7829"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6404,51 +6404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="EFBF25BB"/>
+    <w:nsid w:val="CF6AF531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6552,51 +6552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="257B7A4C"/>
+    <w:nsid w:val="FA4C40AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6700,51 +6700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="3208C575"/>
+    <w:nsid w:val="6D075B45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6848,51 +6848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="7A2841A6"/>
+    <w:nsid w:val="5F25D5E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6996,51 +6996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="F186715F"/>
+    <w:nsid w:val="9BC06E97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7144,51 +7144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="38B9BC1F"/>
+    <w:nsid w:val="D9DB81F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>