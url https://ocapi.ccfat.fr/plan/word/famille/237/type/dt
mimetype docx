--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 26/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 17/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>