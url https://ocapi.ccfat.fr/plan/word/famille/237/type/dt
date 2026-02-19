--- v1 (2025-12-17)
+++ v2 (2026-02-19)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 17/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 19/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>