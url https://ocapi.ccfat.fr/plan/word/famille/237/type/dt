--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 19/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 12/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>