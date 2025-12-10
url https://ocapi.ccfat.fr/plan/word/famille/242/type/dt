--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 18/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2193,51 +2193,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="077993C7"/>
+    <w:nsid w:val="99A82D32"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1E17FEBC"/>
+    <w:nsid w:val="2B37C3C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="9F5825FE"/>
+    <w:nsid w:val="C4F78485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="47B19C40"/>
+    <w:nsid w:val="C4EE328C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="BC2EC1B1"/>
+    <w:nsid w:val="790F7288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C60B6021"/>
+    <w:nsid w:val="70914BF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="24E2DA03"/>
+    <w:nsid w:val="E3DFE7E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D6164FB2"/>
+    <w:nsid w:val="073171D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="4A35C033"/>
+    <w:nsid w:val="C3578E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A62EE5BE"/>
+    <w:nsid w:val="D4D97314"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0E4121FD"/>
+    <w:nsid w:val="A16E0B0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E0830512"/>
+    <w:nsid w:val="CBCF94EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="9AAFD499"/>
+    <w:nsid w:val="984DBA07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="718D49D2"/>
+    <w:nsid w:val="95604A9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4265,51 +4265,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2B70485C"/>
+    <w:nsid w:val="C7D35B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4413,51 +4413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="775A3BE4"/>
+    <w:nsid w:val="409F2BD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4561,51 +4561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9AFCDF18"/>
+    <w:nsid w:val="00C4943D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4709,51 +4709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="F8BB0F7B"/>
+    <w:nsid w:val="AFB78DC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>