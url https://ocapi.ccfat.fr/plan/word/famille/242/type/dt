--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 10/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 09/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2193,51 +2193,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="99A82D32"/>
+    <w:nsid w:val="A62021A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2B37C3C3"/>
+    <w:nsid w:val="B24D11C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C4F78485"/>
+    <w:nsid w:val="D2443115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C4EE328C"/>
+    <w:nsid w:val="B84871FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="790F7288"/>
+    <w:nsid w:val="B6B4A143"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="70914BF4"/>
+    <w:nsid w:val="45220A60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E3DFE7E2"/>
+    <w:nsid w:val="30F65495"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="073171D2"/>
+    <w:nsid w:val="AAD000FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C3578E77"/>
+    <w:nsid w:val="608176F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D4D97314"/>
+    <w:nsid w:val="E8B3E1AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="A16E0B0C"/>
+    <w:nsid w:val="51202D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="CBCF94EF"/>
+    <w:nsid w:val="CEE8523C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="984DBA07"/>
+    <w:nsid w:val="0BA06511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="95604A9C"/>
+    <w:nsid w:val="0CEF1913"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4265,51 +4265,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C7D35B50"/>
+    <w:nsid w:val="D43FDEA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4413,51 +4413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="409F2BD8"/>
+    <w:nsid w:val="0EF4CDD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4561,51 +4561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="00C4943D"/>
+    <w:nsid w:val="C3E8747F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4709,51 +4709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="AFB78DC5"/>
+    <w:nsid w:val="40AEE6B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>