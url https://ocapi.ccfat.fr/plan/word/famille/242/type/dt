--- v2 (2026-02-09)
+++ v3 (2026-03-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 09/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 07/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2193,51 +2193,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A62021A4"/>
+    <w:nsid w:val="9081F808"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B24D11C4"/>
+    <w:nsid w:val="37E79DB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D2443115"/>
+    <w:nsid w:val="057D4C6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="B84871FD"/>
+    <w:nsid w:val="8252C48A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="B6B4A143"/>
+    <w:nsid w:val="172AD943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="45220A60"/>
+    <w:nsid w:val="020CC47E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="30F65495"/>
+    <w:nsid w:val="B0338214"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="AAD000FD"/>
+    <w:nsid w:val="68A9E9AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="608176F1"/>
+    <w:nsid w:val="A9C344BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E8B3E1AC"/>
+    <w:nsid w:val="4D57DBA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="51202D57"/>
+    <w:nsid w:val="2D88449B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="CEE8523C"/>
+    <w:nsid w:val="D4D12252"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="0BA06511"/>
+    <w:nsid w:val="CD598513"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0CEF1913"/>
+    <w:nsid w:val="2722A744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4265,51 +4265,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="D43FDEA4"/>
+    <w:nsid w:val="9CC8BE8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4413,51 +4413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="0EF4CDD7"/>
+    <w:nsid w:val="000C539D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4561,51 +4561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="C3E8747F"/>
+    <w:nsid w:val="195B66B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4709,51 +4709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="40AEE6B2"/>
+    <w:nsid w:val="65F93A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>