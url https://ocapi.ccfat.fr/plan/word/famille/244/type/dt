--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 04/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 20/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2189,51 +2189,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E76DE0F9"/>
+    <w:nsid w:val="96D49AAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2337,51 +2337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1B5E83CE"/>
+    <w:nsid w:val="B66F1C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2485,51 +2485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C1A47EC4"/>
+    <w:nsid w:val="40C7553B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2633,51 +2633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="9B28A2D8"/>
+    <w:nsid w:val="7FCCF37C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2781,51 +2781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7A722846"/>
+    <w:nsid w:val="FAEE80AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2929,51 +2929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="2B317511"/>
+    <w:nsid w:val="53B9C60D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3077,51 +3077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="327A6EF3"/>
+    <w:nsid w:val="A58DC10C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3225,51 +3225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6ADD5E88"/>
+    <w:nsid w:val="5C8A659D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3373,51 +3373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="F4E24373"/>
+    <w:nsid w:val="EA2D361B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3521,51 +3521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="75E5901D"/>
+    <w:nsid w:val="AF78C22F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3669,51 +3669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="3EDD6A28"/>
+    <w:nsid w:val="F5ACC12A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3817,51 +3817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="CA17CC67"/>
+    <w:nsid w:val="035101CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3965,51 +3965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="8ACE51E1"/>
+    <w:nsid w:val="958DE844"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4113,51 +4113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="C4505F3E"/>
+    <w:nsid w:val="5AC36803"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4261,51 +4261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AC7FAE0E"/>
+    <w:nsid w:val="DCF9B7F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4409,51 +4409,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="DB162C09"/>
+    <w:nsid w:val="87F93E65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4557,51 +4557,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="AF146A52"/>
+    <w:nsid w:val="947415E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4705,51 +4705,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="B9A8D93B"/>
+    <w:nsid w:val="09C87145"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>