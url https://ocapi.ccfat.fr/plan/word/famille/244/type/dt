--- v1 (2025-12-20)
+++ v2 (2026-02-19)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 20/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 19/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2189,51 +2189,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="96D49AAE"/>
+    <w:nsid w:val="8564E05C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2337,51 +2337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B66F1C05"/>
+    <w:nsid w:val="2A253F9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2485,51 +2485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="40C7553B"/>
+    <w:nsid w:val="19FD1D21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2633,51 +2633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7FCCF37C"/>
+    <w:nsid w:val="CE926F8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2781,51 +2781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FAEE80AE"/>
+    <w:nsid w:val="5B4FC47F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2929,51 +2929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="53B9C60D"/>
+    <w:nsid w:val="98FD95FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3077,51 +3077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A58DC10C"/>
+    <w:nsid w:val="06799E88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3225,51 +3225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5C8A659D"/>
+    <w:nsid w:val="4DE0290A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3373,51 +3373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="EA2D361B"/>
+    <w:nsid w:val="039D6397"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3521,51 +3521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="AF78C22F"/>
+    <w:nsid w:val="20F63935"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3669,51 +3669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="F5ACC12A"/>
+    <w:nsid w:val="EAB5E2D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3817,51 +3817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="035101CF"/>
+    <w:nsid w:val="3C032B3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3965,51 +3965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="958DE844"/>
+    <w:nsid w:val="AE851243"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4113,51 +4113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="5AC36803"/>
+    <w:nsid w:val="F4A09334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4261,51 +4261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="DCF9B7F5"/>
+    <w:nsid w:val="3331573B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4409,51 +4409,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="87F93E65"/>
+    <w:nsid w:val="D4F08D86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4557,51 +4557,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="947415E0"/>
+    <w:nsid w:val="67F83630"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4705,51 +4705,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="09C87145"/>
+    <w:nsid w:val="4B9161ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>