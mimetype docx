--- v2 (2026-02-19)
+++ v3 (2026-03-14)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 19/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 14/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2189,51 +2189,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8564E05C"/>
+    <w:nsid w:val="C718DCFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2337,51 +2337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2A253F9C"/>
+    <w:nsid w:val="5A56BBBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2485,51 +2485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="19FD1D21"/>
+    <w:nsid w:val="6A2865E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2633,51 +2633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="CE926F8A"/>
+    <w:nsid w:val="7FAAEC08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2781,51 +2781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="5B4FC47F"/>
+    <w:nsid w:val="0F22DFB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2929,51 +2929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="98FD95FE"/>
+    <w:nsid w:val="14822632"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3077,51 +3077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="06799E88"/>
+    <w:nsid w:val="7AA7CFD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3225,51 +3225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="4DE0290A"/>
+    <w:nsid w:val="B1447604"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3373,51 +3373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="039D6397"/>
+    <w:nsid w:val="13118485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3521,51 +3521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="20F63935"/>
+    <w:nsid w:val="0761B5EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3669,51 +3669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="EAB5E2D2"/>
+    <w:nsid w:val="AF9E9DFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3817,51 +3817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3C032B3F"/>
+    <w:nsid w:val="17A43EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3965,51 +3965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="AE851243"/>
+    <w:nsid w:val="401A892F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4113,51 +4113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="F4A09334"/>
+    <w:nsid w:val="2136C9D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4261,51 +4261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="3331573B"/>
+    <w:nsid w:val="04789910"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4409,51 +4409,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D4F08D86"/>
+    <w:nsid w:val="781C96D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4557,51 +4557,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="67F83630"/>
+    <w:nsid w:val="6A718A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4705,51 +4705,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="4B9161ED"/>
+    <w:nsid w:val="D4F2E37B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>