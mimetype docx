--- v0 (2025-11-30)
+++ v1 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 30/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2450,51 +2450,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="577B5477"/>
+    <w:nsid w:val="AC7065AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2598,51 +2598,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="0839D425"/>
+    <w:nsid w:val="63630C23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2746,51 +2746,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="76645343"/>
+    <w:nsid w:val="C2B13073"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2894,51 +2894,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="345E2C88"/>
+    <w:nsid w:val="BCB5374C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3042,51 +3042,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2802C3F3"/>
+    <w:nsid w:val="1B002865"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3190,51 +3190,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="1F587D50"/>
+    <w:nsid w:val="FBA44611"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3338,51 +3338,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A8C32A75"/>
+    <w:nsid w:val="F7460A31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3486,51 +3486,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A42575E0"/>
+    <w:nsid w:val="F49BA761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3634,51 +3634,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="3DB56C33"/>
+    <w:nsid w:val="D3F57047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3782,51 +3782,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="483E4F4D"/>
+    <w:nsid w:val="2DCDCFDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3930,51 +3930,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5B6EDB8B"/>
+    <w:nsid w:val="28837315"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4078,51 +4078,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="43491703"/>
+    <w:nsid w:val="17356532"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4226,51 +4226,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="E8B50C3B"/>
+    <w:nsid w:val="B1A80E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4374,51 +4374,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="FD60DEC3"/>
+    <w:nsid w:val="040B0F0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4522,51 +4522,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AFF67193"/>
+    <w:nsid w:val="897397C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4670,51 +4670,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="C185BE08"/>
+    <w:nsid w:val="7AED857F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4818,51 +4818,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="1068D7EF"/>
+    <w:nsid w:val="24975117"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4966,51 +4966,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="2544C75B"/>
+    <w:nsid w:val="39819AB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>