--- v1 (2025-12-15)
+++ v2 (2026-01-30)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2450,51 +2450,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AC7065AB"/>
+    <w:nsid w:val="62EFCA91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2598,51 +2598,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="63630C23"/>
+    <w:nsid w:val="C021E5D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2746,51 +2746,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C2B13073"/>
+    <w:nsid w:val="F24A0411"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2894,51 +2894,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BCB5374C"/>
+    <w:nsid w:val="D6016B17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3042,51 +3042,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="1B002865"/>
+    <w:nsid w:val="9207057E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3190,51 +3190,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="FBA44611"/>
+    <w:nsid w:val="7CD9B796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3338,51 +3338,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F7460A31"/>
+    <w:nsid w:val="9DA9DBD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3486,51 +3486,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F49BA761"/>
+    <w:nsid w:val="405C9354"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3634,51 +3634,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D3F57047"/>
+    <w:nsid w:val="921A68B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3782,51 +3782,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2DCDCFDB"/>
+    <w:nsid w:val="EE0564F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3930,51 +3930,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="28837315"/>
+    <w:nsid w:val="2B79FFBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4078,51 +4078,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="17356532"/>
+    <w:nsid w:val="BD384BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4226,51 +4226,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="B1A80E77"/>
+    <w:nsid w:val="B5D5EA23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4374,51 +4374,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="040B0F0A"/>
+    <w:nsid w:val="B670C9D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4522,51 +4522,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="897397C7"/>
+    <w:nsid w:val="D8D51399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4670,51 +4670,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="7AED857F"/>
+    <w:nsid w:val="F715CD2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4818,51 +4818,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="24975117"/>
+    <w:nsid w:val="C2B45715"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4966,51 +4966,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="39819AB6"/>
+    <w:nsid w:val="7440CCCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>