--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2450,51 +2450,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="62EFCA91"/>
+    <w:nsid w:val="81484C78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2598,51 +2598,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C021E5D5"/>
+    <w:nsid w:val="EF6B31BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2746,51 +2746,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F24A0411"/>
+    <w:nsid w:val="23502912"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2894,51 +2894,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D6016B17"/>
+    <w:nsid w:val="58B47C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3042,51 +3042,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9207057E"/>
+    <w:nsid w:val="190FD66B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3190,51 +3190,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="7CD9B796"/>
+    <w:nsid w:val="E9EB0346"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3338,51 +3338,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="9DA9DBD3"/>
+    <w:nsid w:val="2070604B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3486,51 +3486,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="405C9354"/>
+    <w:nsid w:val="5FFB8979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3634,51 +3634,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="921A68B8"/>
+    <w:nsid w:val="A3B2EA59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3782,51 +3782,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="EE0564F6"/>
+    <w:nsid w:val="267CA4B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3930,51 +3930,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="2B79FFBF"/>
+    <w:nsid w:val="7C729B4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4078,51 +4078,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="BD384BF9"/>
+    <w:nsid w:val="3C425E81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4226,51 +4226,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="B5D5EA23"/>
+    <w:nsid w:val="66407DDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4374,51 +4374,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="B670C9D5"/>
+    <w:nsid w:val="3528E065"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4522,51 +4522,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="D8D51399"/>
+    <w:nsid w:val="F460C1B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4670,51 +4670,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F715CD2A"/>
+    <w:nsid w:val="86E6D685"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4818,51 +4818,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="C2B45715"/>
+    <w:nsid w:val="23F0B03C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4966,51 +4966,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="7440CCCA"/>
+    <w:nsid w:val="51C8C122"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>