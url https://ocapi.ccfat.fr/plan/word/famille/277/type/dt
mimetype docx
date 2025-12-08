--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 14/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4466,51 +4466,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="00924653"/>
+    <w:nsid w:val="EC4B197E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="14458F57"/>
+    <w:nsid w:val="4E504463"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C0466BE6"/>
+    <w:nsid w:val="B0DB40CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E5DC845C"/>
+    <w:nsid w:val="83884AFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5058,51 +5058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="BFEBE748"/>
+    <w:nsid w:val="97828CD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F96EDE52"/>
+    <w:nsid w:val="00BAF55C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5354,51 +5354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="181A1739"/>
+    <w:nsid w:val="C265FBC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +5502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F7A9C020"/>
+    <w:nsid w:val="DA7EAB06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5650,51 +5650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="F161ACAC"/>
+    <w:nsid w:val="7E12F7D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5798,51 +5798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="C0C88DD5"/>
+    <w:nsid w:val="A2EE37CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5946,51 +5946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="35E9CCEF"/>
+    <w:nsid w:val="465F306B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6094,51 +6094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3A496E3B"/>
+    <w:nsid w:val="3BB22FB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6242,51 +6242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="60B83D1B"/>
+    <w:nsid w:val="50B0D259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6390,51 +6390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="2CB16E3C"/>
+    <w:nsid w:val="696FEB57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6538,51 +6538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="B3E68F15"/>
+    <w:nsid w:val="A28C8CB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6686,51 +6686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="46554877"/>
+    <w:nsid w:val="DB50FBDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6834,51 +6834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="56E35EE6"/>
+    <w:nsid w:val="DAE91FFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6982,51 +6982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BBE4A502"/>
+    <w:nsid w:val="1359895A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7130,51 +7130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="428E4914"/>
+    <w:nsid w:val="20C04B1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7278,51 +7278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="0111235A"/>
+    <w:nsid w:val="8AB100E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7426,51 +7426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="F273A16C"/>
+    <w:nsid w:val="F081E6CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7574,51 +7574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="C91BC37C"/>
+    <w:nsid w:val="9083D1EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7722,51 +7722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="7ACD4F23"/>
+    <w:nsid w:val="4CE4BEA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7870,51 +7870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="1D57BF6D"/>
+    <w:nsid w:val="73F70A4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8018,51 +8018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="B7E1CE8D"/>
+    <w:nsid w:val="3AF956ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8166,51 +8166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="ABA9084A"/>
+    <w:nsid w:val="3CD44401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8314,51 +8314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="67EC4C9C"/>
+    <w:nsid w:val="B4F18A24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8462,51 +8462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="992087F2"/>
+    <w:nsid w:val="80C81B2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8610,51 +8610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="D7556555"/>
+    <w:nsid w:val="8C5410AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8758,51 +8758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="185BDE6C"/>
+    <w:nsid w:val="23827EB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8906,51 +8906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="E46B9DBD"/>
+    <w:nsid w:val="C1655869"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9054,51 +9054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="CBC9F91F"/>
+    <w:nsid w:val="D6F621F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9202,51 +9202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="0DDB1AD4"/>
+    <w:nsid w:val="BB573D5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9350,51 +9350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="10DCF895"/>
+    <w:nsid w:val="FE3D7805"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9498,51 +9498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="AD6089DE"/>
+    <w:nsid w:val="93B3E6D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9646,51 +9646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="A7C06994"/>
+    <w:nsid w:val="8319F9BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9794,51 +9794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="ED5DED40"/>
+    <w:nsid w:val="951757D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9942,51 +9942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="2F29D3AB"/>
+    <w:nsid w:val="80D734B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10090,51 +10090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="96D4F0BF"/>
+    <w:nsid w:val="DB0441CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10238,51 +10238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="C56275DE"/>
+    <w:nsid w:val="36D115B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>