--- v1 (2025-12-08)
+++ v2 (2026-02-17)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 17/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4466,51 +4466,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EC4B197E"/>
+    <w:nsid w:val="B77E076D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E504463"/>
+    <w:nsid w:val="6F567CAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B0DB40CC"/>
+    <w:nsid w:val="E63E0C80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="83884AFC"/>
+    <w:nsid w:val="61B18DB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5058,51 +5058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="97828CD4"/>
+    <w:nsid w:val="EDFF1653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="00BAF55C"/>
+    <w:nsid w:val="1CAA2BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5354,51 +5354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="C265FBC7"/>
+    <w:nsid w:val="1B31D05E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +5502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="DA7EAB06"/>
+    <w:nsid w:val="2F700B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5650,51 +5650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="7E12F7D3"/>
+    <w:nsid w:val="28FE5BEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5798,51 +5798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A2EE37CB"/>
+    <w:nsid w:val="D7A43FA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5946,51 +5946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="465F306B"/>
+    <w:nsid w:val="6CC0F02F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6094,51 +6094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3BB22FB4"/>
+    <w:nsid w:val="2C88AEF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6242,51 +6242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="50B0D259"/>
+    <w:nsid w:val="6FE9AEA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6390,51 +6390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="696FEB57"/>
+    <w:nsid w:val="26210937"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6538,51 +6538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="A28C8CB5"/>
+    <w:nsid w:val="AE2B1E51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6686,51 +6686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="DB50FBDB"/>
+    <w:nsid w:val="4864A963"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6834,51 +6834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DAE91FFF"/>
+    <w:nsid w:val="76F32EE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6982,51 +6982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="1359895A"/>
+    <w:nsid w:val="C839F121"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7130,51 +7130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="20C04B1B"/>
+    <w:nsid w:val="E12469A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7278,51 +7278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="8AB100E2"/>
+    <w:nsid w:val="5F28730D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7426,51 +7426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="F081E6CF"/>
+    <w:nsid w:val="D972A151"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7574,51 +7574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="9083D1EA"/>
+    <w:nsid w:val="B4FE1D04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7722,51 +7722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4CE4BEA7"/>
+    <w:nsid w:val="AA8CD282"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7870,51 +7870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="73F70A4C"/>
+    <w:nsid w:val="56F5B724"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8018,51 +8018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="3AF956ED"/>
+    <w:nsid w:val="A4D2B430"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8166,51 +8166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="3CD44401"/>
+    <w:nsid w:val="975AE286"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8314,51 +8314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="B4F18A24"/>
+    <w:nsid w:val="2EC7501A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8462,51 +8462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="80C81B2D"/>
+    <w:nsid w:val="0A0F373F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8610,51 +8610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="8C5410AF"/>
+    <w:nsid w:val="25925A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8758,51 +8758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="23827EB5"/>
+    <w:nsid w:val="6EF3CCF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8906,51 +8906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="C1655869"/>
+    <w:nsid w:val="5AAE26A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9054,51 +9054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="D6F621F2"/>
+    <w:nsid w:val="89CE8B9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9202,51 +9202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="BB573D5F"/>
+    <w:nsid w:val="9A70BF83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9350,51 +9350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="FE3D7805"/>
+    <w:nsid w:val="24429D95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9498,51 +9498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="93B3E6D6"/>
+    <w:nsid w:val="0AF5A1EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9646,51 +9646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="8319F9BE"/>
+    <w:nsid w:val="876CA8EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9794,51 +9794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="951757D4"/>
+    <w:nsid w:val="977BE4A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9942,51 +9942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="80D734B0"/>
+    <w:nsid w:val="481B70E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10090,51 +10090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="DB0441CA"/>
+    <w:nsid w:val="C4DE888D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10238,51 +10238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="36D115B5"/>
+    <w:nsid w:val="0F886E94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>