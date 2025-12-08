--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 23/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4605,51 +4605,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="ACD0A40B"/>
+    <w:nsid w:val="D6FF6C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4753,51 +4753,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="55684F3C"/>
+    <w:nsid w:val="CB07BA37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4901,51 +4901,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6284EA57"/>
+    <w:nsid w:val="50E85532"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5049,51 +5049,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="452CCC2E"/>
+    <w:nsid w:val="E248AAAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5197,51 +5197,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="CED5513B"/>
+    <w:nsid w:val="9FA61465"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5345,51 +5345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="DA7B8509"/>
+    <w:nsid w:val="6B246B90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5493,51 +5493,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="BCA0464E"/>
+    <w:nsid w:val="1A0D71AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5641,51 +5641,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="390ABC24"/>
+    <w:nsid w:val="FDEFD77C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5789,51 +5789,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A0AB40CF"/>
+    <w:nsid w:val="7BEAFD05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5937,51 +5937,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1054EC5B"/>
+    <w:nsid w:val="A126E545"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6085,51 +6085,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="F2F340E3"/>
+    <w:nsid w:val="9D3EAA2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6233,51 +6233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D8E95A28"/>
+    <w:nsid w:val="55827477"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6381,51 +6381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="09239406"/>
+    <w:nsid w:val="CA48B026"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6529,51 +6529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="C61C62EC"/>
+    <w:nsid w:val="7B228F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6677,51 +6677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="CFEB693E"/>
+    <w:nsid w:val="45B3C82E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6825,51 +6825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="DE2E9765"/>
+    <w:nsid w:val="72EBF8A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6973,51 +6973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D504A587"/>
+    <w:nsid w:val="88E65707"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7121,51 +7121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="34FDB848"/>
+    <w:nsid w:val="8594139E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7269,51 +7269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="19DCC326"/>
+    <w:nsid w:val="5038CCEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7417,51 +7417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="C4157DA3"/>
+    <w:nsid w:val="72EE47A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7565,51 +7565,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="CF0535C9"/>
+    <w:nsid w:val="AD0B1F76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7713,51 +7713,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="3DF26DA6"/>
+    <w:nsid w:val="F9B1B0A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7861,51 +7861,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F009D8F2"/>
+    <w:nsid w:val="F25F8E52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8009,51 +8009,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="385EACC2"/>
+    <w:nsid w:val="886914BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8157,51 +8157,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="C8C82383"/>
+    <w:nsid w:val="2ADBDF08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8305,51 +8305,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="28B69BF5"/>
+    <w:nsid w:val="9BC73443"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8453,51 +8453,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="D98FB3AD"/>
+    <w:nsid w:val="73DBC2C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8601,51 +8601,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="91FB0252"/>
+    <w:nsid w:val="2BAF88E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8749,51 +8749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="07589E2C"/>
+    <w:nsid w:val="4F29985E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8897,51 +8897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="32982D59"/>
+    <w:nsid w:val="AB666474"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9045,51 +9045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="1FE5921A"/>
+    <w:nsid w:val="CC790CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9193,51 +9193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="DC6F1682"/>
+    <w:nsid w:val="CD29DE08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9341,51 +9341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="728D30D7"/>
+    <w:nsid w:val="9E644902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9489,51 +9489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="EACC52F7"/>
+    <w:nsid w:val="092EFFA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9637,51 +9637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="ED2F3BC0"/>
+    <w:nsid w:val="554548B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9785,51 +9785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="B0E54E6C"/>
+    <w:nsid w:val="B07A5886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9933,51 +9933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="CE04C1AF"/>
+    <w:nsid w:val="7B239A0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10081,51 +10081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="81FE79B0"/>
+    <w:nsid w:val="7FEAE723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10229,51 +10229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="D87401E1"/>
+    <w:nsid w:val="2E2E1F7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10377,51 +10377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="5041CABD"/>
+    <w:nsid w:val="98524AA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10525,51 +10525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="E14754D0"/>
+    <w:nsid w:val="D5145EC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10673,51 +10673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="B0FB7463"/>
+    <w:nsid w:val="728314E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10821,51 +10821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="7613E1F5"/>
+    <w:nsid w:val="88EFB94B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>