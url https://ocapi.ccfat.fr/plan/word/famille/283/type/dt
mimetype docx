--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 06/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4605,51 +4605,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="D6FF6C05"/>
+    <w:nsid w:val="6C054149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4753,51 +4753,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CB07BA37"/>
+    <w:nsid w:val="857D91E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4901,51 +4901,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="50E85532"/>
+    <w:nsid w:val="0D93AAB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5049,51 +5049,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E248AAAE"/>
+    <w:nsid w:val="D8174301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5197,51 +5197,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9FA61465"/>
+    <w:nsid w:val="29ACE645"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5345,51 +5345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6B246B90"/>
+    <w:nsid w:val="3B6FBC90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5493,51 +5493,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1A0D71AF"/>
+    <w:nsid w:val="3FC2EF49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5641,51 +5641,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="FDEFD77C"/>
+    <w:nsid w:val="562107B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5789,51 +5789,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="7BEAFD05"/>
+    <w:nsid w:val="D918B54C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5937,51 +5937,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A126E545"/>
+    <w:nsid w:val="7C6CEE0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6085,51 +6085,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9D3EAA2D"/>
+    <w:nsid w:val="9D069411"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6233,51 +6233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="55827477"/>
+    <w:nsid w:val="DA67C25E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6381,51 +6381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="CA48B026"/>
+    <w:nsid w:val="46A6A17A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6529,51 +6529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7B228F04"/>
+    <w:nsid w:val="B8E5C333"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6677,51 +6677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="45B3C82E"/>
+    <w:nsid w:val="9E9BE909"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6825,51 +6825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="72EBF8A5"/>
+    <w:nsid w:val="4413BDD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6973,51 +6973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="88E65707"/>
+    <w:nsid w:val="FD4ECAC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7121,51 +7121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="8594139E"/>
+    <w:nsid w:val="3A2F5E07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7269,51 +7269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5038CCEE"/>
+    <w:nsid w:val="2679D4E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7417,51 +7417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="72EE47A7"/>
+    <w:nsid w:val="B012E5DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7565,51 +7565,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AD0B1F76"/>
+    <w:nsid w:val="F86EFD7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7713,51 +7713,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="F9B1B0A3"/>
+    <w:nsid w:val="F9402C06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7861,51 +7861,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F25F8E52"/>
+    <w:nsid w:val="4E78B733"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8009,51 +8009,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="886914BF"/>
+    <w:nsid w:val="8F13CF45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8157,51 +8157,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="2ADBDF08"/>
+    <w:nsid w:val="EFE9975A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8305,51 +8305,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="9BC73443"/>
+    <w:nsid w:val="8370FB68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8453,51 +8453,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="73DBC2C0"/>
+    <w:nsid w:val="ABA46C89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8601,51 +8601,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="2BAF88E3"/>
+    <w:nsid w:val="3F9776B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8749,51 +8749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="4F29985E"/>
+    <w:nsid w:val="62DA5E5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8897,51 +8897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="AB666474"/>
+    <w:nsid w:val="E1727672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9045,51 +9045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="CC790CE1"/>
+    <w:nsid w:val="C99E3355"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9193,51 +9193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="CD29DE08"/>
+    <w:nsid w:val="18C15BD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9341,51 +9341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="9E644902"/>
+    <w:nsid w:val="13C58192"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9489,51 +9489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="092EFFA3"/>
+    <w:nsid w:val="D2E6391E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9637,51 +9637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="554548B7"/>
+    <w:nsid w:val="422487CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9785,51 +9785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="B07A5886"/>
+    <w:nsid w:val="AD7ADAE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9933,51 +9933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="7B239A0D"/>
+    <w:nsid w:val="AD3BD822"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10081,51 +10081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="7FEAE723"/>
+    <w:nsid w:val="39BFB157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10229,51 +10229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="2E2E1F7C"/>
+    <w:nsid w:val="4FB8793E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10377,51 +10377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="98524AA8"/>
+    <w:nsid w:val="B864BE7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10525,51 +10525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="D5145EC3"/>
+    <w:nsid w:val="3DEE9009"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10673,51 +10673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="728314E1"/>
+    <w:nsid w:val="D0207116"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10821,51 +10821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="88EFB94B"/>
+    <w:nsid w:val="E34E6C01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>