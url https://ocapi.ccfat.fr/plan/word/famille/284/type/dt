--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 03/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 30/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -5309,51 +5309,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F4254653"/>
+    <w:nsid w:val="6812C7E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5457,51 +5457,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CA057B80"/>
+    <w:nsid w:val="369FD511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5605,51 +5605,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="7315B2A9"/>
+    <w:nsid w:val="994B7954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5753,51 +5753,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C5EA1580"/>
+    <w:nsid w:val="CD039FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5901,51 +5901,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7E1D32C5"/>
+    <w:nsid w:val="002AA9C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6049,51 +6049,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="99F1D1A4"/>
+    <w:nsid w:val="1016AC9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6197,51 +6197,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="3F79E1B3"/>
+    <w:nsid w:val="E04C25EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6345,51 +6345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="7D36910E"/>
+    <w:nsid w:val="B7B7ED41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6493,51 +6493,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="032D8B20"/>
+    <w:nsid w:val="7AC216E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6641,51 +6641,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="095BAD00"/>
+    <w:nsid w:val="84D6097E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6789,51 +6789,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="7ECFB938"/>
+    <w:nsid w:val="676FEB1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6937,51 +6937,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="36B48698"/>
+    <w:nsid w:val="92A2A3EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7085,51 +7085,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="67575FC5"/>
+    <w:nsid w:val="37018C79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7233,51 +7233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="4F437E96"/>
+    <w:nsid w:val="C2E913FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7381,51 +7381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="30C730B7"/>
+    <w:nsid w:val="D911BA6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7529,51 +7529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="1DD97F72"/>
+    <w:nsid w:val="49262653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7677,51 +7677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="8B9787F5"/>
+    <w:nsid w:val="F02577F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7825,51 +7825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="11AE3382"/>
+    <w:nsid w:val="85478C01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7973,51 +7973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="BD84268F"/>
+    <w:nsid w:val="6967B0D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8121,51 +8121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7710435A"/>
+    <w:nsid w:val="DA6CA224"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8269,51 +8269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="8D857F77"/>
+    <w:nsid w:val="8B8A5DC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8417,51 +8417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="97123BBA"/>
+    <w:nsid w:val="4A9612E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8565,51 +8565,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="ACB9468C"/>
+    <w:nsid w:val="48CDB3D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8713,51 +8713,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="8535ABE9"/>
+    <w:nsid w:val="BE7C6B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8861,51 +8861,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="C1AA3F7B"/>
+    <w:nsid w:val="129FEA1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9009,51 +9009,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="E1F9695D"/>
+    <w:nsid w:val="C16F44C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9157,51 +9157,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="D9AFAEB4"/>
+    <w:nsid w:val="83058940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9305,51 +9305,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="E96CB398"/>
+    <w:nsid w:val="E0CA99FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9453,51 +9453,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="737358F7"/>
+    <w:nsid w:val="BCFA2279"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9601,51 +9601,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="D7C57931"/>
+    <w:nsid w:val="E040D299"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9749,51 +9749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="48D9A852"/>
+    <w:nsid w:val="9E43C6A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9897,51 +9897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="2150184F"/>
+    <w:nsid w:val="A51A9BF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10045,51 +10045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="C1DC0919"/>
+    <w:nsid w:val="34C6F75E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10193,51 +10193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="C1E9A313"/>
+    <w:nsid w:val="4C206E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10341,51 +10341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="757B5D7D"/>
+    <w:nsid w:val="9153C70C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10489,51 +10489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="30BC7FF2"/>
+    <w:nsid w:val="443A1F92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10637,51 +10637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="3389A40B"/>
+    <w:nsid w:val="57934C34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10785,51 +10785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="0B1A3A8B"/>
+    <w:nsid w:val="1C4700F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10933,51 +10933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="6BDB5182"/>
+    <w:nsid w:val="650A3F45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11081,51 +11081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="67ADD106"/>
+    <w:nsid w:val="0363FFEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11229,51 +11229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="7CAA30D0"/>
+    <w:nsid w:val="FDC9ED90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11377,51 +11377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="D4ADB15F"/>
+    <w:nsid w:val="327FD120"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11525,51 +11525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="7801593B"/>
+    <w:nsid w:val="F112270B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11673,51 +11673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="9276E8D9"/>
+    <w:nsid w:val="D8FC33E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11821,51 +11821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="FA8525ED"/>
+    <w:nsid w:val="4A5D5EBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11969,51 +11969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="A01642AB"/>
+    <w:nsid w:val="4546DD84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12117,51 +12117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="4144DD77"/>
+    <w:nsid w:val="F5DD46A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12265,51 +12265,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="0E120753"/>
+    <w:nsid w:val="34AC4C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12413,51 +12413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="F78FC271"/>
+    <w:nsid w:val="76584C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12561,51 +12561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="969F7B13"/>
+    <w:nsid w:val="1FD200D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12709,51 +12709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="59EC1BC3"/>
+    <w:nsid w:val="B179F033"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12857,51 +12857,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="EF529DB8"/>
+    <w:nsid w:val="344094F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13005,51 +13005,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="5BBA40F8"/>
+    <w:nsid w:val="86672B64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>