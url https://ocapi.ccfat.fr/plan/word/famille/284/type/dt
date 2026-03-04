--- v1 (2025-12-29)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 30/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.4 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.4 « Equipements / Solaire thermique et récupération d’énergie par vecteur eau »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -5309,51 +5309,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="6812C7E6"/>
+    <w:nsid w:val="ECEA8553"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5457,51 +5457,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="369FD511"/>
+    <w:nsid w:val="535AA569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5605,51 +5605,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="994B7954"/>
+    <w:nsid w:val="0C31A1F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5753,51 +5753,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="CD039FDE"/>
+    <w:nsid w:val="EA3286E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5901,51 +5901,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="002AA9C9"/>
+    <w:nsid w:val="9C3024DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6049,51 +6049,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="1016AC9E"/>
+    <w:nsid w:val="F199CFBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6197,51 +6197,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E04C25EB"/>
+    <w:nsid w:val="2304446A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6345,51 +6345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="B7B7ED41"/>
+    <w:nsid w:val="990BDEE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6493,51 +6493,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="7AC216E9"/>
+    <w:nsid w:val="80A0E60B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6641,51 +6641,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="84D6097E"/>
+    <w:nsid w:val="7FBC2CDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6789,51 +6789,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="676FEB1E"/>
+    <w:nsid w:val="F6E1727E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6937,51 +6937,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="92A2A3EF"/>
+    <w:nsid w:val="3A5736F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7085,51 +7085,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="37018C79"/>
+    <w:nsid w:val="134B5AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7233,51 +7233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="C2E913FE"/>
+    <w:nsid w:val="A144DC70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7381,51 +7381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="D911BA6B"/>
+    <w:nsid w:val="6F1652BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7529,51 +7529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="49262653"/>
+    <w:nsid w:val="3FB18ACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7677,51 +7677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F02577F0"/>
+    <w:nsid w:val="C88C541A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7825,51 +7825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="85478C01"/>
+    <w:nsid w:val="D4B2A270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7973,51 +7973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6967B0D1"/>
+    <w:nsid w:val="8FAB15EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8121,51 +8121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="DA6CA224"/>
+    <w:nsid w:val="A14B5EC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8269,51 +8269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="8B8A5DC7"/>
+    <w:nsid w:val="C4A557A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8417,51 +8417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="4A9612E7"/>
+    <w:nsid w:val="35FDB974"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8565,51 +8565,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="48CDB3D6"/>
+    <w:nsid w:val="E4241C3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8713,51 +8713,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="BE7C6B81"/>
+    <w:nsid w:val="5BAE0C3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8861,51 +8861,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="129FEA1B"/>
+    <w:nsid w:val="F0ED71BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9009,51 +9009,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="C16F44C3"/>
+    <w:nsid w:val="F2F933BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9157,51 +9157,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="83058940"/>
+    <w:nsid w:val="BD534473"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9305,51 +9305,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="E0CA99FD"/>
+    <w:nsid w:val="59BC7550"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9453,51 +9453,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="BCFA2279"/>
+    <w:nsid w:val="94453122"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9601,51 +9601,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="E040D299"/>
+    <w:nsid w:val="3087B5E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9749,51 +9749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="9E43C6A5"/>
+    <w:nsid w:val="D20C097D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9897,51 +9897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="A51A9BF1"/>
+    <w:nsid w:val="FD70933A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10045,51 +10045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="34C6F75E"/>
+    <w:nsid w:val="7F12DD0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10193,51 +10193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="4C206E85"/>
+    <w:nsid w:val="FDB54B57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10341,51 +10341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="9153C70C"/>
+    <w:nsid w:val="CF963E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10489,51 +10489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="443A1F92"/>
+    <w:nsid w:val="D6C51F29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10637,51 +10637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="57934C34"/>
+    <w:nsid w:val="B9849AB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10785,51 +10785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="1C4700F5"/>
+    <w:nsid w:val="2BE3C7A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10933,51 +10933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="650A3F45"/>
+    <w:nsid w:val="2EDE37BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11081,51 +11081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="0363FFEE"/>
+    <w:nsid w:val="90A34C00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11229,51 +11229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="FDC9ED90"/>
+    <w:nsid w:val="AD2EBC86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11377,51 +11377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="327FD120"/>
+    <w:nsid w:val="9CDDBB3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11525,51 +11525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="F112270B"/>
+    <w:nsid w:val="29F06699"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11673,51 +11673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="D8FC33E0"/>
+    <w:nsid w:val="C5375900"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11821,51 +11821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="4A5D5EBE"/>
+    <w:nsid w:val="08F79B99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11969,51 +11969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="4546DD84"/>
+    <w:nsid w:val="F4D44BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12117,51 +12117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="F5DD46A5"/>
+    <w:nsid w:val="5127E9A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12265,51 +12265,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="34AC4C9E"/>
+    <w:nsid w:val="C743D2F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12413,51 +12413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="76584C5E"/>
+    <w:nsid w:val="6F9C46FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12561,51 +12561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="1FD200D9"/>
+    <w:nsid w:val="2DAB2D9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12709,51 +12709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="B179F033"/>
+    <w:nsid w:val="489E5027"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12857,51 +12857,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="344094F6"/>
+    <w:nsid w:val="35C12C26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13005,51 +13005,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="86672B64"/>
+    <w:nsid w:val="BAF11744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>