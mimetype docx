--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 19/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 16/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -5265,51 +5265,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="340CB69B"/>
+    <w:nsid w:val="935D7574"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5413,51 +5413,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C2329EF3"/>
+    <w:nsid w:val="116010A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5561,51 +5561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B21E37ED"/>
+    <w:nsid w:val="C5C97D30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5709,51 +5709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D7F72185"/>
+    <w:nsid w:val="6BDBED61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5857,51 +5857,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9E562649"/>
+    <w:nsid w:val="E83CE982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6005,51 +6005,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="881411C6"/>
+    <w:nsid w:val="213A6352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6153,51 +6153,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="54AFB704"/>
+    <w:nsid w:val="4EB98D4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6301,51 +6301,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="858964E9"/>
+    <w:nsid w:val="1C2DE83B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6449,51 +6449,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="34C2812B"/>
+    <w:nsid w:val="AE5D62ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6597,51 +6597,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="15EEA8BC"/>
+    <w:nsid w:val="21A57806"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6745,51 +6745,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9102FC86"/>
+    <w:nsid w:val="66D2F665"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6893,51 +6893,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="B76F9BF6"/>
+    <w:nsid w:val="92D61049"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7041,51 +7041,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="AE11A821"/>
+    <w:nsid w:val="4AAFDE62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7189,51 +7189,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7DAF6DE7"/>
+    <w:nsid w:val="9D512AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7337,51 +7337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="4055E2BD"/>
+    <w:nsid w:val="5C5BFAD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7485,51 +7485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="A5543DA2"/>
+    <w:nsid w:val="22549F23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7633,51 +7633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6A272A88"/>
+    <w:nsid w:val="B2733CA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7781,51 +7781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="7857D08D"/>
+    <w:nsid w:val="18D8983D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7929,51 +7929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5D93E816"/>
+    <w:nsid w:val="5CC02AE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8077,51 +8077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="0A9F86F9"/>
+    <w:nsid w:val="7501FF8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8225,51 +8225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="D6CA6C16"/>
+    <w:nsid w:val="FDFCDBC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8373,51 +8373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A799148D"/>
+    <w:nsid w:val="7D82ED28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8521,51 +8521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="C9CAAF91"/>
+    <w:nsid w:val="A6FAED46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8669,51 +8669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="E2ADF337"/>
+    <w:nsid w:val="8984441E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8817,51 +8817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="40B57B23"/>
+    <w:nsid w:val="A16D2114"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>