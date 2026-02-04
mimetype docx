--- v1 (2025-12-16)
+++ v2 (2026-02-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 16/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 04/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -790,75 +790,75 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Eléments</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. Cadre dormant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir la fabrication des cadres dormants, par la description des modalités d’assemblage, d’étanchéité, de drainage et équilibrage de pression ainsi que les prises de volumes qui sont envisagées.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Cf. NF EN 14351-1 +A2 // e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // XP P 20.650.</w:t>
+        <w:t xml:space="preserve">Cf. NF EN 14351-1+A2 // e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // NF P 20-650-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Renseigner au moins les éléments suivants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
@@ -947,78 +947,78 @@
         <w:t xml:space="preserve">Fixe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant toutes les modalités de fabrication des cadres dormants des fenêtres objet de la demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Cadre ouvrant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir la fabrication des cadres ouvrants, par la description des modalités d’assemblage, d’étanchéité, de drainage et équilibrage de pression ainsi que les prises de volumes qui sont envisagées.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cf. NF EN 14351-1 +A2 // e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // XP P 20.650.</w:t>
+        <w:t xml:space="preserve">Cf. NF EN 14351-1+A2 // e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // NF P 20-650-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Renseigner au moins les éléments suivants: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
@@ -1443,150 +1443,150 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Mise en œuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. Mise en œuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir les modalités de la mise en oeuvre (nature et positionnement des fixations avec le gros-oeuvre) en fonction des types de pose envisagés. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709.V2.</w:t>
+        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709_V2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant toutes les modalités de mise en oeuvre des fenêtres objet de la demande. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">NB : Une définition de la trame de ce Dossier Technique ainsi qu’un fichier informatique de situations de pose sont à disposition sur simple demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. Système d'étanchéité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir les modalités de la mise en oeuvre (nature et positionnement du calfeutrement avec le gros-oeuvre) en fonction des types de pose envisagés.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709.V2.</w:t>
+        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709_V2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir les justificatifs de compatibilité.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1652,145 +1652,145 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Hauteur du seuil PMR avec une lèvre souple</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le GS considère que la hauteur de 20 mm du seuil de menuiserie prévue dans l’arrêté de novembre 2007, incorpore les éventuelles parties souples présentent sur le profil formant seuil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir copie des rapports d’essais de toute nature, en laboratoire ou in situ, sur les constituants ou sur les fenêtres identifiés pouvant apporter justification de l’aptitude à l’emploi du système évalué.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les constituants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">profilés PVC (Cf NF EN 12 608 + référentiel NF 126) ;</w:t>
+        <w:t xml:space="preserve">profilés PVC (Cf NF EN 12608 + référentiel QB 59) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">profilés aluminium RPT (Cf NF EN 14 024 + référentiel NF 252) ;</w:t>
+        <w:t xml:space="preserve">profilés aluminium RPT (Cf NF EN 14 024 + référentiel QB 49) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">profilés complémentaires en PVC (Fournir la composition vinylique et un engagement par écrit, sur papier entête du fabricant, de conformité aux spécifications de durabilité de la norme NF T 54 405-1 ou de la norme NF EN 12 608 avec en appui de cet engagement les justifications expérimentales (Engagement non nécessaire si la composition matière est homologuée au CSTB)) ;</w:t>
+        <w:t xml:space="preserve">profilés complémentaires en PVC (Fournir la composition vinylique et un engagement par écrit, sur papier entête du fabricant, de conformité aux spécifications de durabilité de la norme NF T54-405 ou de la norme NF EN 12608 avec en appui de cet engagement les justifications expérimentales (Engagement non nécessaire si la composition matière est certifiée au CSTB)) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">garnitures d’étanchéité (Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification n°QB36.) ;</w:t>
+        <w:t xml:space="preserve">garnitures d’étanchéité (Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification QB 36) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">accessoires, quincaillerie (Pour les pièces métalliques, fournir les justifications par écrit, sur papier à entête du fabricant, de conformité aux spécifications de résistance à la corrosion de la norme NF EN 1670 (grade 3 minimum).) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
@@ -1807,99 +1807,99 @@
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les fenêtres :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir copie des essais AEV, mécaniques spécifiques et endurance à l’ouverture/fermeture réalisés (Cf e-cahier 3706, NF EN 14351-1 + A1+A2, NF P 20-501, NF P20-302. NB : performances minimum demandées A2 E5A (ou E5B)VA2.) ;</w:t>
+        <w:t xml:space="preserve">fournir copie des essais AEV, mécaniques spécifiques et endurance à l’ouverture/fermeture réalisés (Cf e-cahier 3706_V2, NF EN 14351-1+A2, NF P 20-501, NF P20-302. NB : performances minimum demandées A2 E5A (ou E5B)VA2.) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir copie des essais de perméabilité à l’air sous GRD de T° (si concerné) (Cf NF DTU 36.5 P2 – Annexe A) ;</w:t>
+        <w:t xml:space="preserve">fournir copie des essais de perméabilité à l’air sous gradient de température (si concerné) (Cf NF DTU 36.5 P2 – Annexe A) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir les calculs thermiques (Cf Règles Th U RT2012) ;</w:t>
+        <w:t xml:space="preserve">fournir les calculs thermiques (Cf Règles Th-Bât Fascicule Parois vitrées RE2020) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir les dispositions pour l’intégration d’entrée d’air (Cf e-cahier 3376).</w:t>
+        <w:t xml:space="preserve">fournir les dispositions pour l’intégration d’entrée d’air (Cf e-cahier 3376_V3).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir copie de rapport d’essais sur produit de calfeutrement ayant fait l’objet d’essais satisfaisants de compatibilité – cohésion/adhésion sur les profilés et accessoires en contact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(CF NF P 85-504 ou NF EN ISO 8339).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Établir le lien avec ATEc et/ou DTA déjà délivrés au bénéfice du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -5053,91 +5053,268 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En partie 2.4 « Dispositions de mise en œuvre », le paragraphe « Cas des dispositions PMR » est ajouté. Celui-ci précise les cas d’utilisation, soit « Des caillebottis doivent être utilisés dans le cadre de la mise en œuvre PMR. », soit « Des caillebottis mais aussi des dalles sur plots peuvent être utilisés dans le cadre de la mise en œuvre PMR. ». Cette phrase est à adapter selon le contenu du DTA et les justifications fournies. Un essai d’étanchéité à l’eau satisfaisant avec un dispositif simulant les dalles sur plot sera nécessaire pour que cette disposition soit ajoutée à ce nouveau paragraphe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.65. 2025 (02) Justification de la compatibilité et de l’adhésivité-cohésion des mastics</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.66. 2025 (03) Protection de la traverse haute dans le cas des bardages ventilés</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 15/05/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La phrase « Dans le cas de mise en œuvre en ITE avec bardage ventilé, il y aura lieu de prévoir une protection de la traverse haute de manière systématique (de type membrane, larmier, …). » sera ajoutée systématiquement dans chapitre Dispositions de mise en œuvre, dans le paragraphe Cas de l’ITE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.67. 2025 (06) Réalisation de l’essai à l’eau E* avec reconstitution de dalle sur plot</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En complément de la jurisprudence de décembre 2023 concernant la réalisation d’essais avec dalles sur plots, si revendiqué, le GS6 acte le protocole suivant : planche en contre-plaqué mise en place à 5 mm de la fenêtre avec un espace libre entre la planche et le mur du banc d’essais de 20 mm environ, des perçages de diamètre 24 mm seront réalisés tous les 500 mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.68. 2025 (06) Ajout paragraphe concernant l’évaluation du risque de chute</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rappel de la jurisprudence de juin 2015 :Lorsque les feuillures d’ouvrant ou dormant ne répondent pas aux exigences du DTU 39 P5 § 4.2.3, la remarque suivante, sera ajoutée au § 2.1 Domaine d’emploi accepté de la partie Avis du DTA :« Le système tel que décrit dans le Dossier Technique ne répond pas aux exigences du DTU 39 P5 § 4.2.3, vis-à-vis de la sécurité aux chutes des personnes. » </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cette jurisprudence est complétée de la manière suivante :Si deux essais de choc selon la NF P 08-302 (largeur mini et largeur maxi) sont réalisés dans le cadre de l’instruction, la remarque devient : « la sécurité aux chutes des personnes n’est pas évaluée dans le présent document. Il conviendra de l’’évaluer au cas par cas et de s’assurer du respect du calage du vitrage conformément au NF DTU 39 ou NF P 20-650-1 ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.69. 2025 (09) Classement minimum obtenu à l’essai de perméabilité à l’air sous gradient de température</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 16/10/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Lors de l’essai de perméabilité sous gradient de température, les résultats suivants peuvent être obtenus : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 : la justification est jugée recevable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 jusqu’à 450 Pa : la justification est présentable devant le GS6 qui jugera à dire d’experts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement inférieur à A*3 à 450 Pa : la justification n’est pas recevable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.70. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5265,51 +5442,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="935D7574"/>
+    <w:nsid w:val="00165D64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5413,51 +5590,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="116010A4"/>
+    <w:nsid w:val="6BB92314"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5561,51 +5738,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C5C97D30"/>
+    <w:nsid w:val="D8E8D8A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5709,51 +5886,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6BDBED61"/>
+    <w:nsid w:val="3F6C9D12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5857,51 +6034,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E83CE982"/>
+    <w:nsid w:val="445FD87A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6005,51 +6182,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="213A6352"/>
+    <w:nsid w:val="3CD1559D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6153,51 +6330,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="4EB98D4D"/>
+    <w:nsid w:val="296F10B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6301,51 +6478,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1C2DE83B"/>
+    <w:nsid w:val="8977BDD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6449,51 +6626,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="AE5D62ED"/>
+    <w:nsid w:val="2587CF85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6597,51 +6774,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="21A57806"/>
+    <w:nsid w:val="9CC1B210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6745,51 +6922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="66D2F665"/>
+    <w:nsid w:val="813DD0CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6893,51 +7070,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="92D61049"/>
+    <w:nsid w:val="D4AC2249"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7041,51 +7218,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4AAFDE62"/>
+    <w:nsid w:val="81CD2832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7189,51 +7366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="9D512AF5"/>
+    <w:nsid w:val="CF9D6204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7337,51 +7514,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="5C5BFAD6"/>
+    <w:nsid w:val="4214F98D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7485,51 +7662,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="22549F23"/>
+    <w:nsid w:val="7B3DCE11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7633,51 +7810,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B2733CA8"/>
+    <w:nsid w:val="3FCA47C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7781,51 +7958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="18D8983D"/>
+    <w:nsid w:val="1548A325"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7929,51 +8106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5CC02AE7"/>
+    <w:nsid w:val="E374E2D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8077,51 +8254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7501FF8C"/>
+    <w:nsid w:val="674D2A9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8225,51 +8402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="FDFCDBC2"/>
+    <w:nsid w:val="A37D3D44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8373,51 +8550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="7D82ED28"/>
+    <w:nsid w:val="D00AABD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8521,51 +8698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="A6FAED46"/>
+    <w:nsid w:val="AC030AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8669,51 +8846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="8984441E"/>
+    <w:nsid w:val="06AD2AA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8817,51 +8994,199 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="A16D2114"/>
+    <w:nsid w:val="2D5FA362"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:nsid w:val="B8FA33C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9038,50 +9363,53 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="34"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>