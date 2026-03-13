--- v2 (2026-02-04)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 04/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -5273,50 +5273,224 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Classement inférieur à A*3 à 450 Pa : la justification n’est pas recevable.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.70. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Plusieurs types de vitrages peuvent être revendiqués dans les DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants doubles et/ou triples ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants simples justifiant de performances thermiques (exemple : vitrages sous vide) ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages simples (non-isolant). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans le cas des vitrages simples (non-isolant), le GS exige que le système prévoie une solution de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cependant, le GS prévoit dorénavant un cas ne nécessitant pas de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il s’agit du cas où l’utilisation des vitrages simples est exclusivement réservée à des locaux non chauffés. Dans ce cas les éléments suivants seront précisés dans le DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">paragraphes « domaine d’emploi », « remarques du GS » et « vitrage » : une phrase complémentaire sera ajoutée, précisant que l’utilisation de vitrage simple est exclusivement réservée à des locaux non chauffés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">planches de profilés : les profilés concernés (parcloses de grande profondeur par exemple) seront identifiés par un astérisque stipulant « * : profilés réservés aux fenêtres mises en œuvre dans des pièces non chauffées ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.71. 2025 (10) Evolution de la liste exhaustive concernant la procédure d'évolutions mineures</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les propositions de modifications ont été examinées par le GS. La liste exhaustive sera mise à jour en conséquence et envoyée aux membres du GS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La liste des évolutions mineures « Simplification des DTA-AT du GS6_V3_2025 » est disponible au lien ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.72. 2025 (12) Reformulation du paragraphe « Cas des dispositions PMR »</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.73. 2025 (12) Eléments de preuves recevables concernant les DTA dont le domaine d'emploi couvre l'outremer (soumis à la réglementation paracyclonique)</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5442,51 +5616,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="00165D64"/>
+    <w:nsid w:val="D2B92AA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5590,51 +5764,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="6BB92314"/>
+    <w:nsid w:val="B81F9160"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5738,51 +5912,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D8E8D8A8"/>
+    <w:nsid w:val="5B0D445D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5886,51 +6060,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="3F6C9D12"/>
+    <w:nsid w:val="B105B448"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6034,51 +6208,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="445FD87A"/>
+    <w:nsid w:val="2BC48A7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6182,51 +6356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3CD1559D"/>
+    <w:nsid w:val="3385C317"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6330,51 +6504,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="296F10B9"/>
+    <w:nsid w:val="C4A8E020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6478,51 +6652,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="8977BDD4"/>
+    <w:nsid w:val="824737B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6626,51 +6800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2587CF85"/>
+    <w:nsid w:val="68A8ED8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6774,51 +6948,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9CC1B210"/>
+    <w:nsid w:val="43286B18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6922,51 +7096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="813DD0CA"/>
+    <w:nsid w:val="BC74EEAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7070,51 +7244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D4AC2249"/>
+    <w:nsid w:val="CA9211B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7218,51 +7392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="81CD2832"/>
+    <w:nsid w:val="093FCF61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7366,51 +7540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="CF9D6204"/>
+    <w:nsid w:val="3131521F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7514,51 +7688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="4214F98D"/>
+    <w:nsid w:val="07C77E78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7662,51 +7836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="7B3DCE11"/>
+    <w:nsid w:val="2B11F328"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7810,51 +7984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="3FCA47C6"/>
+    <w:nsid w:val="5A56F636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7958,51 +8132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="1548A325"/>
+    <w:nsid w:val="AB94D819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8106,51 +8280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E374E2D3"/>
+    <w:nsid w:val="DC15F1A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8254,51 +8428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="674D2A9F"/>
+    <w:nsid w:val="C8DB17A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8402,51 +8576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="A37D3D44"/>
+    <w:nsid w:val="B7E4FC8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8550,51 +8724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="D00AABD7"/>
+    <w:nsid w:val="A175D332"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8698,51 +8872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="AC030AF5"/>
+    <w:nsid w:val="E4E90DD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8846,51 +9020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="06AD2AA2"/>
+    <w:nsid w:val="7DD759F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8994,51 +9168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="2D5FA362"/>
+    <w:nsid w:val="DCF98EAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9142,51 +9316,347 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="B8FA33C9"/>
+    <w:nsid w:val="FDE80E09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="962E6B6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36">
+    <w:nsid w:val="2B5AED6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9366,50 +9836,56 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="36"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>