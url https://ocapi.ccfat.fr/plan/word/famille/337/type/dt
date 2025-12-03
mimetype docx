--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 13/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4791,50 +4791,61 @@
         <w:t xml:space="preserve">8.68. 2025 (06) Essais d’endurance ouverture-fermeture sur porte-fenêtre OB2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.69. 2025 (06) Réalisation de l’essai à l’eau E* avec reconstitution de dalle sur plot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.70. 2025 (06) Ajout paragraphe concernant l’évaluation du risque de chute</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.71. 2025 (09) Classement minimum obtenu à l’essai de perméabilité à l’air sous gradient de température</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4960,51 +4971,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="0367A969"/>
+    <w:nsid w:val="F76AB36A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5108,51 +5119,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="18C87659"/>
+    <w:nsid w:val="B64A7285"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5256,51 +5267,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="AC92DDD8"/>
+    <w:nsid w:val="BD646C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5404,51 +5415,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="67373721"/>
+    <w:nsid w:val="FCB3E2BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5552,51 +5563,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FE7F60E2"/>
+    <w:nsid w:val="CB0736DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5700,51 +5711,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="FBB365B1"/>
+    <w:nsid w:val="F268A160"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5848,51 +5859,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="520074BA"/>
+    <w:nsid w:val="35A94A44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5996,51 +6007,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="7F3916B7"/>
+    <w:nsid w:val="C1AD8F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6144,51 +6155,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="BE1EEDCA"/>
+    <w:nsid w:val="B8F4F81D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6292,51 +6303,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="02AF584E"/>
+    <w:nsid w:val="6139A7A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6440,51 +6451,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="16056A5D"/>
+    <w:nsid w:val="0210DACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6588,51 +6599,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="710529B6"/>
+    <w:nsid w:val="82F597F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6736,51 +6747,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="E36F821A"/>
+    <w:nsid w:val="75BBBEF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6884,51 +6895,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="B6768379"/>
+    <w:nsid w:val="6800F38B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7032,51 +7043,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="E47ADCD1"/>
+    <w:nsid w:val="CB9E35EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7180,51 +7191,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="1E1B595A"/>
+    <w:nsid w:val="81E73233"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7328,51 +7339,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="BE2A75CB"/>
+    <w:nsid w:val="98181B35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7476,51 +7487,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="AF06E0BF"/>
+    <w:nsid w:val="77EA90FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7624,51 +7635,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5E6FC05D"/>
+    <w:nsid w:val="F2666178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7772,51 +7783,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A52BE510"/>
+    <w:nsid w:val="051AB09C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7920,51 +7931,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="54D69361"/>
+    <w:nsid w:val="462B5F88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8068,51 +8079,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="AE891672"/>
+    <w:nsid w:val="B7EB29C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8216,51 +8227,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="22AF39C3"/>
+    <w:nsid w:val="F0E3BCBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8364,51 +8375,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="1C10A745"/>
+    <w:nsid w:val="5BC81FBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8512,51 +8523,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="236A252D"/>
+    <w:nsid w:val="579403FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>