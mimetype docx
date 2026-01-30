--- v1 (2025-12-03)
+++ v2 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -643,78 +643,78 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Eléments</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. Cadre dormant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir la fabrication des cadres dormants, par la description des modalités d’assemblage, d’étanchéité, de drainage et équilibrage de pression ainsi que les prises de volumes qui sont envisagées.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cf NF EN 14351-1 +A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // XP P 20.650.</w:t>
+        <w:t xml:space="preserve">Cf NF EN 14351-1+A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // NF P 20-650-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Renseigner au moins les éléments suivants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
@@ -777,78 +777,78 @@
         <w:t xml:space="preserve">Fourrure d'épaisseur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant toutes les modalités de fabrication des cadres ouvrants des fenêtres objet de la demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Cadre ouvrant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir la fabrication des cadres ouvrants, par la description des modalités d’assemblage, d’étanchéité, de drainage et équilibrage de pression ainsi que les prises de volumes qui sont envisagées.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cf NF EN 14351-1 +A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // XP P 20.650.</w:t>
+        <w:t xml:space="preserve">Cf NF EN 14351-1+A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // NF P 20-650-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Renseigner au moins les éléments suivants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
@@ -898,78 +898,78 @@
         <w:t xml:space="preserve">Drainage.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant toutes les modalités de fabrication des cadres ouvrants des fenêtres objet de la demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. Assemblage mécanique</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir la fabrication des cadres (ouvrants, dormants), par la description des modalités d’assemblage, d’étanchéité, de drainage et équilibrage de pression ainsi que les prises de volumes qui sont envisagées.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cf NF EN 14351-1 +A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // XP P 20.650.</w:t>
+        <w:t xml:space="preserve">Cf NF EN 14351-1+A2// e-cahier CSTB 3625 // NF DTU 36.5 P1-1 et P1-2 // NF DTU 39 // NF P 20-650-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant tous les constituants, les modalités de fabrication des cadres (ouvrants et dormants), et les modalités de mise en oeuvre des fenêtres objet de la demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,150 +1107,150 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Mise en oeuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. Mise en oeuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir les modalités de la mise en oeuvre (nature et positionnement des fixations avec le gros-oeuvre) en fonction des types de pose envisagés.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709.V2.</w:t>
+        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709_V2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un dossier de plans illustrant les modalités de mise en oeuvre des fenêtres objet de la demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">NB : Une définition de la trame de ce Dossier Technique ainsi qu’un fichier informatique de situations de pose sont à disposition sur simple demande.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. Système d'étanchéité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir les modalités de la mise en oeuvre (nature et positionnement du calfeutrement avec le gros-oeuvre) en fonction des types de pose envisagés.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709.V2.</w:t>
+        <w:t xml:space="preserve">NB : Se reporter au NF DTU 36.5, e-cahier CSTB 3521 et 3709_V2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir les justificatifs de compatibilité.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1316,113 +1316,113 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Hauteur du seuil PMR avec une lèvre souple</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le GS considère que la hauteur de 20 mm du seuil de menuiserie prévue dans l’arrêté de novembre 2007, incorpore les éventuelles parties souples présentent sur le profil formant seuil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 02/01/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir copie des rapports d’essais de toute nature, en laboratoire ou in situ, sur les constituants ou sur les fenêtres identifiés pouvant apporter justification del’aptitude à l’emploi du système évalué.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les constituants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">profilés PVC (Cf NF EN 12 608 + référentiel NF 126) ;</w:t>
+        <w:t xml:space="preserve">profilés PVC (Cf NF EN 12608 + référentiel QB 59) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">garnitures d’étanchéité (Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification n°QB36.) ;</w:t>
+        <w:t xml:space="preserve">garnitures d’étanchéité (Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification QB 36) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">accessoires, quincaillerie (Pour les pièces métalliques, fournir les justifications par écrit, sur papier à entête du fabricant, de conformité aux spécifications de résistance à la corrosion de la norme NF EN 1670 (grade 3 minimum).) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
@@ -1439,99 +1439,99 @@
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les fenêtres :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir copie des essais AEV, mécaniques spécifiques et endurance à l’ouverture/fermeture réalisés (Cf e-cahier 3706, NF EN 14351-1 + A1+A2, NF P 20-501, NF P20-302. NB : performances minimum demandées A2 E5A (ou E5B)VA2.) ;</w:t>
+        <w:t xml:space="preserve">fournir copie des essais AEV, mécaniques spécifiques et endurance à l’ouverture/fermeture réalisés (Cf e-cahier 3706_V2, NF EN 14351-1+A2, NF P 20-501, NF P20-302. NB : performances minimum demandées A2 E5A (ou E5B)VA2.) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir copie des essais de perméabilité à l’air sous GRD de T° (si concerné) (Cf NF DTU 36.5 P2 – Annexe A) ;</w:t>
+        <w:t xml:space="preserve">fournir copie des essais de perméabilité à l’air sous gradient de température (si concerné) (Cf NF DTU 36.5 P2 – Annexe A) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir les calculs thermiques (Cf Règles Th U RT2012) ;</w:t>
+        <w:t xml:space="preserve">fournir les calculs thermiques (Cf Règles Th-Bât Fascicule Parois vitrées RE2020) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">fournir les dispositions pour l’intégration d’entrée d’air (Cf e-cahier 3376).</w:t>
+        <w:t xml:space="preserve">fournir les dispositions pour l’intégration d’entrée d’air (Cf e-cahier 3376_V3).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir copie de rapport d’essais sur produit de calfeutrement ayant fait l’objet d’essais satisfaisants de compatibilité – cohésion/adhésion sur les profilés etaccessoires en contact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(CF NF P 85-504 ou NF EN ISO 8339).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Établir le lien avec ATEc et/ou DTA déjà délivrés au bénéfice du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -4737,113 +4737,398 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En partie 2.4 « Dispositions de mise en œuvre », le paragraphe « Cas des dispositions PMR » est ajouté. Celui-ci précise les cas d’utilisation, soit « Des caillebottis doivent être utilisés dans le cadre de la mise en œuvre PMR. », soit « Des caillebottis mais aussi des dalles sur plots peuvent être utilisés dans le cadre de la mise en œuvre PMR. ». Cette phrase est à adapter selon le contenu du DTA et les justifications fournies. Un essai d’étanchéité à l’eau satisfaisant avec un dispositif simulant les dalles sur plot sera nécessaire pour que cette disposition soit ajoutée à ce nouveau paragraphe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.65. 2024 (11) Efforts de manœuvres</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 19/12/2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le GS6 estime qu’un effort de manœuvre pour l’ouverture ou la fermeture des fenêtres en position soufflet supérieur ou égal à 150 N n’est pas recevable.Pour les efforts compris entre 120 N et 150 N, le GS6 examinera les dispositions techniques au cas par cas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.66. 2025 (02) Justification de la compatibilité et de l’adhésivité-cohésion des mastics</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.67. 2025 (03) Protection de la traverse haute dans le cas des bardages ventilés</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 15/05/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La phrase « Dans le cas de mise en œuvre en ITE avec bardage ventilé, il y aura lieu de prévoir une protection de la traverse haute de manière systématique (de type membrane, larmier, …). » sera ajoutée systématiquement dans chapitre Dispositions de mise en œuvre, dans le paragraphe Cas de l’ITE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.68. 2025 (06) Essais d’endurance ouverture-fermeture sur porte-fenêtre OB2</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rappel de la jurisprudence de mars 2012 :Lorsqu'un projet de DTA comporte une porte-fenêtre OB2, un essai d'endurance ouverture/fermeture et essais mécaniques spécifiques devront être réalisés dans cette configuration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le GS6 souhaite modifier cette jurisprudence de la manière suivante :Lorsqu'un projet de DTA comporte une porte-fenêtre OB2, un essai d'endurance ouverture/fermeture et des essais mécaniques spécifiques devront être réalisés dans cette configuration, hormis dans les cas où la gâche permettant le basculement en OB est portée sur le dormant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.69. 2025 (06) Réalisation de l’essai à l’eau E* avec reconstitution de dalle sur plot</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En complément de la jurisprudence de décembre 2023 concernant la réalisation d’essais avec dalles sur plots, si revendiqué, le GS6 acte le protocole suivant : planche en contre-plaqué mise en place à 5 mm de la fenêtre avec un espace libre entre la planche et le mur du banc d’essais de 20 mm environ, des perçages de diamètre 24 mm seront réalisés tous les 500 mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.70. 2025 (06) Ajout paragraphe concernant l’évaluation du risque de chute</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rappel de la jurisprudence de juin 2015 :Lorsque les feuillures d’ouvrant ou dormant ne répondent pas aux exigences du DTU 39 P5 § 4.2.3, la remarque suivante, sera ajoutée au § 2.1 Domaine d’emploi accepté de la partie Avis du DTA :« Le système tel que décrit dans le Dossier Technique ne répond pas aux exigences du DTU 39 P5 § 4.2.3, vis-à-vis de la sécurité aux chutes des personnes. » </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cette jurisprudence est complétée de la manière suivante :Si deux essais de choc selon la NF P 08-302 (largeur mini et largeur maxi) sont réalisés dans le cadre de l’instruction, la remarque devient : « la sécurité aux chutes des personnes n’est pas évaluée dans le présent document. Il conviendra de l’’évaluer au cas par cas et de s’assurer du respect du calage du vitrage conformément au NF DTU 39 ou NF P 20-650-1 ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.71. 2025 (09) Classement minimum obtenu à l’essai de perméabilité à l’air sous gradient de température</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 16/10/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Lors de l’essai de perméabilité sous gradient de température, les résultats suivants peuvent être obtenus : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 : la justification est jugée recevable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 jusqu’à 450 Pa : la justification est présentable devant le GS6 qui jugera à dire d’experts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement inférieur à A*3 à 450 Pa : la justification n’est pas recevable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.72. 2025 (10) Protocole de maintenance des fenêtres respirantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les DTA de fenêtres respirantes devront dorénavant présenter le principe de maintenance de la partie respirante, en indiquant les contrôles, la régularité, la facilité d’accès, … </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il sera ajouté au paragraphe « 2.5 Maintien en service du produit ou procédé », la maintenance prévue pour les fenêtres respirantes, dont notamment, le protocole précis de nettoyage et de changement de filtre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.73. 2025 (10) Couleur des stores dans les fenêtres respirantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.74. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4971,51 +5256,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F76AB36A"/>
+    <w:nsid w:val="F4736972"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5119,51 +5404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B64A7285"/>
+    <w:nsid w:val="7FACE7A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5267,51 +5552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="BD646C88"/>
+    <w:nsid w:val="80955525"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5415,51 +5700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="FCB3E2BB"/>
+    <w:nsid w:val="8AC117DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5563,51 +5848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="CB0736DE"/>
+    <w:nsid w:val="2A299A5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5711,51 +5996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F268A160"/>
+    <w:nsid w:val="537D62E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5859,51 +6144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="35A94A44"/>
+    <w:nsid w:val="AA1740C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6007,51 +6292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="C1AD8F49"/>
+    <w:nsid w:val="D6246838"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6155,51 +6440,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B8F4F81D"/>
+    <w:nsid w:val="9FA9C56F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6303,51 +6588,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6139A7A9"/>
+    <w:nsid w:val="7DB6F5E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6451,51 +6736,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0210DACB"/>
+    <w:nsid w:val="83EA6AC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6599,51 +6884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="82F597F6"/>
+    <w:nsid w:val="AC765CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6747,51 +7032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="75BBBEF1"/>
+    <w:nsid w:val="3F5F6FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6895,51 +7180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="6800F38B"/>
+    <w:nsid w:val="D74D0100"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7043,51 +7328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="CB9E35EB"/>
+    <w:nsid w:val="D539BB87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7191,51 +7476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="81E73233"/>
+    <w:nsid w:val="4C1051F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7339,51 +7624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="98181B35"/>
+    <w:nsid w:val="CCE00500"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7487,51 +7772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="77EA90FC"/>
+    <w:nsid w:val="66D145CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7635,51 +7920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="F2666178"/>
+    <w:nsid w:val="99A679B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7783,51 +8068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="051AB09C"/>
+    <w:nsid w:val="5088972B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7931,51 +8216,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="462B5F88"/>
+    <w:nsid w:val="9B77F149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8079,51 +8364,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="B7EB29C3"/>
+    <w:nsid w:val="BD0688AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8227,51 +8512,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F0E3BCBE"/>
+    <w:nsid w:val="8642A1E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8375,51 +8660,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="5BC81FBC"/>
+    <w:nsid w:val="CC35E2E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8523,51 +8808,199 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="579403FB"/>
+    <w:nsid w:val="2CBA2F73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:nsid w:val="28B4E494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8744,50 +9177,53 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="34"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>