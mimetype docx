--- v2 (2026-01-30)
+++ v3 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -5077,58 +5077,225 @@
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Les DTA de fenêtres respirantes devront dorénavant présenter le principe de maintenance de la partie respirante, en indiquant les contrôles, la régularité, la facilité d’accès, … </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Il sera ajouté au paragraphe « 2.5 Maintien en service du produit ou procédé », la maintenance prévue pour les fenêtres respirantes, dont notamment, le protocole précis de nettoyage et de changement de filtre.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.73. 2025 (10) Couleur des stores dans les fenêtres respirantes</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans les remarques complémentaires du GS, dans le cas des fenêtres respirantes, il conviendra d’ajouter la phrase suivante : « En présence d’un store de couleur foncée, une vigilance est à apporter vis à vis des températures atteintes dans la lame d’air respirante (voir paragraphe « 2.3 Dispositions de conception ») ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.74. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Plusieurs types de vitrages peuvent être revendiqués dans les DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants doubles et/ou triples ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants simples justifiant de performances thermiques (exemple : vitrages sous vide) ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages simples (non-isolant). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans le cas des vitrages simples (non-isolant), le GS exige que le système prévoie une solution de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cependant, le GS prévoit dorénavant un cas ne nécessitant pas de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il s’agit du cas où l’utilisation des vitrages simples est exclusivement réservée à des locaux non chauffés. Dans ce cas les éléments suivants seront précisés dans le DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">paragraphes « domaine d’emploi », « remarques du GS » et « vitrage » : une phrase complémentaire sera ajoutée, précisant que l’utilisation de vitrage simple est exclusivement réservée à des locaux non chauffés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">planches de profilés : les profilés concernés (parcloses de grande profondeur par exemple) seront identifiés par un astérisque stipulant « * : profilés réservés aux fenêtres mises en œuvre dans des pièces non chauffées ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.75. 2025 (10) Evolution de la liste exhaustive concernant la procédure d'évolutions mineures</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.76. 2025 (12) Reformulation du paragraphe « Cas des dispositions PMR »</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.77. 2025 (12) Eléments de preuves recevables concernant les DTA dont le domaine d'emploi couvre l'outremer (soumis à la réglementation paracyclonique)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5256,51 +5423,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F4736972"/>
+    <w:nsid w:val="549682D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5404,51 +5571,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7FACE7A6"/>
+    <w:nsid w:val="AC7689D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5552,51 +5719,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="80955525"/>
+    <w:nsid w:val="55BA4E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5700,51 +5867,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8AC117DD"/>
+    <w:nsid w:val="B7D551EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5848,51 +6015,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2A299A5D"/>
+    <w:nsid w:val="FD627A61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5996,51 +6163,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="537D62E5"/>
+    <w:nsid w:val="FD819CEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6144,51 +6311,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="AA1740C0"/>
+    <w:nsid w:val="215EA7AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6292,51 +6459,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D6246838"/>
+    <w:nsid w:val="598D6C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6440,51 +6607,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="9FA9C56F"/>
+    <w:nsid w:val="08A9C23D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6588,51 +6755,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7DB6F5E3"/>
+    <w:nsid w:val="FD35C295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6736,51 +6903,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="83EA6AC0"/>
+    <w:nsid w:val="C9FA73EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6884,51 +7051,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="AC765CB0"/>
+    <w:nsid w:val="91055BE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7032,51 +7199,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3F5F6FAB"/>
+    <w:nsid w:val="67742D87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7180,51 +7347,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D74D0100"/>
+    <w:nsid w:val="1E2901E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7328,51 +7495,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="D539BB87"/>
+    <w:nsid w:val="72332DD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7476,51 +7643,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="4C1051F5"/>
+    <w:nsid w:val="550C453F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7624,51 +7791,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="CCE00500"/>
+    <w:nsid w:val="9740BFFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7772,51 +7939,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="66D145CA"/>
+    <w:nsid w:val="C6DABF0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7920,51 +8087,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="99A679B6"/>
+    <w:nsid w:val="D4A4A31F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8068,51 +8235,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5088972B"/>
+    <w:nsid w:val="C1197DDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8216,51 +8383,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="9B77F149"/>
+    <w:nsid w:val="1559D0D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8364,51 +8531,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="BD0688AF"/>
+    <w:nsid w:val="76FEA52E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8512,51 +8679,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="8642A1E1"/>
+    <w:nsid w:val="898639BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8660,51 +8827,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="CC35E2E5"/>
+    <w:nsid w:val="797FC6AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8808,51 +8975,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="2CBA2F73"/>
+    <w:nsid w:val="63FD324D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8956,51 +9123,347 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="28B4E494"/>
+    <w:nsid w:val="AE4D802F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="C9EFE1E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36">
+    <w:nsid w:val="C4E7D4B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9180,50 +9643,56 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="36"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>