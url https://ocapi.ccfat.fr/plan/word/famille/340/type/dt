--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4148,50 +4148,61 @@
         <w:t xml:space="preserve">6.72. 2025 (06) Essais d’endurance ouverture-fermeture sur porte-fenêtre OB2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.73. 2025 (06) Réalisation de l’essai à l’eau E* avec reconstitution de dalle sur plot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.74. 2025 (06) Ajout paragraphe concernant l’évaluation du risque de chute</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.75. 2025 (09) Classement minimum obtenu à l’essai de perméabilité à l’air sous gradient de température</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4317,51 +4328,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="16745A03"/>
+    <w:nsid w:val="6419BD4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4465,51 +4476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="077316FD"/>
+    <w:nsid w:val="C618FFA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4613,51 +4624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D0703B5D"/>
+    <w:nsid w:val="7DEA3434"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4761,51 +4772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1CAA997D"/>
+    <w:nsid w:val="22BB72DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4909,51 +4920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="34C7E476"/>
+    <w:nsid w:val="4B875F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5057,51 +5068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D23C41C2"/>
+    <w:nsid w:val="53344CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5205,51 +5216,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="8CEC23A3"/>
+    <w:nsid w:val="7A673533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5353,51 +5364,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A6E09284"/>
+    <w:nsid w:val="5879571B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5501,51 +5512,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="FACF0F8F"/>
+    <w:nsid w:val="4617BDE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5649,51 +5660,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F169FEE4"/>
+    <w:nsid w:val="7C9C189F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5797,51 +5808,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="93C728EC"/>
+    <w:nsid w:val="C5D63A35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5945,51 +5956,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="359EA557"/>
+    <w:nsid w:val="D8A2F1E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6093,51 +6104,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="ED2571F2"/>
+    <w:nsid w:val="0C3E142F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6241,51 +6252,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="52CCAE7D"/>
+    <w:nsid w:val="DE883A5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6389,51 +6400,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="885C710D"/>
+    <w:nsid w:val="7CCF06F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6537,51 +6548,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="CEB3E732"/>
+    <w:nsid w:val="D9BAF7ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6685,51 +6696,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="2856C6CB"/>
+    <w:nsid w:val="8BC9131C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6833,51 +6844,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="58101B30"/>
+    <w:nsid w:val="EFD023B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6981,51 +6992,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="72B649FF"/>
+    <w:nsid w:val="2E990ECC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>