--- v1 (2025-12-03)
+++ v2 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4094,113 +4094,398 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En partie 2.4 « Dispositions de mise en œuvre », le paragraphe « Cas des dispositions PMR » est ajouté. Celui-ci précise les cas d’utilisation, soit « Des caillebottis doivent être utilisés dans le cadre de la mise en œuvre PMR. », soit « Des caillebottis mais aussi des dalles sur plots peuvent être utilisés dans le cadre de la mise en œuvre PMR. ». Cette phrase est à adapter selon le contenu du DTA et les justifications fournies. Un essai d’étanchéité à l’eau satisfaisant avec un dispositif simulant les dalles sur plot sera nécessaire pour que cette disposition soit ajoutée à ce nouveau paragraphe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.69. 2024 (11) Efforts de manœuvres</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 19/12/2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le GS6 estime qu’un effort de manœuvre pour l’ouverture ou la fermeture des fenêtres en position soufflet supérieur ou égal à 150 N n’est pas recevable.Pour les efforts compris entre 120 N et 150 N, le GS6 examinera les dispositions techniques au cas par cas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.70. 2025 (02) Justification de la compatibilité et de l’adhésivité-cohésion des mastics</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.71. 2025 (03) Protection de la traverse haute dans le cas des bardages ventilés</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 15/05/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La phrase « Dans le cas de mise en œuvre en ITE avec bardage ventilé, il y aura lieu de prévoir une protection de la traverse haute de manière systématique (de type membrane, larmier, …). » sera ajoutée systématiquement dans chapitre Dispositions de mise en œuvre, dans le paragraphe Cas de l’ITE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.72. 2025 (06) Essais d’endurance ouverture-fermeture sur porte-fenêtre OB2</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rappel de la jurisprudence de mars 2012 :Lorsqu'un projet de DTA comporte une porte-fenêtre OB2, un essai d'endurance ouverture/fermeture et essais mécaniques spécifiques devront être réalisés dans cette configuration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le GS6 souhaite modifier cette jurisprudence de la manière suivante :Lorsqu'un projet de DTA comporte une porte-fenêtre OB2, un essai d'endurance ouverture/fermeture et des essais mécaniques spécifiques devront être réalisés dans cette configuration, hormis dans les cas où la gâche permettant le basculement en OB est portée sur le dormant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.73. 2025 (06) Réalisation de l’essai à l’eau E* avec reconstitution de dalle sur plot</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En complément de la jurisprudence de décembre 2023 concernant la réalisation d’essais avec dalles sur plots, si revendiqué, le GS6 acte le protocole suivant : planche en contre-plaqué mise en place à 5 mm de la fenêtre avec un espace libre entre la planche et le mur du banc d’essais de 20 mm environ, des perçages de diamètre 24 mm seront réalisés tous les 500 mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.74. 2025 (06) Ajout paragraphe concernant l’évaluation du risque de chute</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 18/09/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rappel de la jurisprudence de juin 2015 :Lorsque les feuillures d’ouvrant ou dormant ne répondent pas aux exigences du DTU 39 P5 § 4.2.3, la remarque suivante, sera ajoutée au § 2.1 Domaine d’emploi accepté de la partie Avis du DTA :« Le système tel que décrit dans le Dossier Technique ne répond pas aux exigences du DTU 39 P5 § 4.2.3, vis-à-vis de la sécurité aux chutes des personnes. » </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cette jurisprudence est complétée de la manière suivante :Si deux essais de choc selon la NF P 08-302 (largeur mini et largeur maxi) sont réalisés dans le cadre de l’instruction, la remarque devient : « la sécurité aux chutes des personnes n’est pas évaluée dans le présent document. Il conviendra de l’’évaluer au cas par cas et de s’assurer du respect du calage du vitrage conformément au NF DTU 39 ou NF P 20-650-1 ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.75. 2025 (09) Classement minimum obtenu à l’essai de perméabilité à l’air sous gradient de température</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 16/10/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Lors de l’essai de perméabilité sous gradient de température, les résultats suivants peuvent être obtenus : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 : la justification est jugée recevable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement A*3 jusqu’à 450 Pa : la justification est présentable devant le GS6 qui jugera à dire d’experts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Classement inférieur à A*3 à 450 Pa : la justification n’est pas recevable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.76. 2025 (10) Protocole de maintenance des fenêtres respirantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les DTA de fenêtres respirantes devront dorénavant présenter le principe de maintenance de la partie respirante, en indiquant les contrôles, la régularité, la facilité d’accès, … </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il sera ajouté au paragraphe « 2.5 Maintien en service du produit ou procédé », la maintenance prévue pour les fenêtres respirantes, dont notamment, le protocole précis de nettoyage et de changement de filtre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.77. 2025 (10) Couleur des stores dans les fenêtres respirantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.78. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4328,51 +4613,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="6419BD4E"/>
+    <w:nsid w:val="1F0DDBFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4476,51 +4761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C618FFA5"/>
+    <w:nsid w:val="BD5D2667"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4624,51 +4909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="7DEA3434"/>
+    <w:nsid w:val="B56789AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4772,51 +5057,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="22BB72DF"/>
+    <w:nsid w:val="3CD3E248"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4920,51 +5205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="4B875F35"/>
+    <w:nsid w:val="3FCAA95B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5068,51 +5353,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="53344CB0"/>
+    <w:nsid w:val="4F4C88E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5216,51 +5501,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7A673533"/>
+    <w:nsid w:val="E7A70804"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5364,51 +5649,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5879571B"/>
+    <w:nsid w:val="6CE68D7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5512,51 +5797,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="4617BDE5"/>
+    <w:nsid w:val="5DC45E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5660,51 +5945,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7C9C189F"/>
+    <w:nsid w:val="87E58B45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5808,51 +6093,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="C5D63A35"/>
+    <w:nsid w:val="96076741"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5956,51 +6241,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D8A2F1E1"/>
+    <w:nsid w:val="B17DAA1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6104,51 +6389,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="0C3E142F"/>
+    <w:nsid w:val="CF607934"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6252,51 +6537,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="DE883A5B"/>
+    <w:nsid w:val="75ACAB63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6400,51 +6685,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="7CCF06F9"/>
+    <w:nsid w:val="4C109192"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6548,51 +6833,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D9BAF7ED"/>
+    <w:nsid w:val="7E857C85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6696,51 +6981,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="8BC9131C"/>
+    <w:nsid w:val="005238A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6844,51 +7129,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="EFD023B7"/>
+    <w:nsid w:val="BE168472"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6992,51 +7277,199 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="2E990ECC"/>
+    <w:nsid w:val="F8C7C163"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="8343750F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7195,50 +7628,53 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>