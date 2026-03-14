--- v2 (2026-01-30)
+++ v3 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 14/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -4434,58 +4434,256 @@
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Les DTA de fenêtres respirantes devront dorénavant présenter le principe de maintenance de la partie respirante, en indiquant les contrôles, la régularité, la facilité d’accès, … </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Il sera ajouté au paragraphe « 2.5 Maintien en service du produit ou procédé », la maintenance prévue pour les fenêtres respirantes, dont notamment, le protocole précis de nettoyage et de changement de filtre.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.77. 2025 (10) Couleur des stores dans les fenêtres respirantes</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans les remarques complémentaires du GS, dans le cas des fenêtres respirantes, il conviendra d’ajouter la phrase suivante : « En présence d’un store de couleur foncée, une vigilance est à apporter vis à vis des températures atteintes dans la lame d’air respirante (voir paragraphe « 2.3 Dispositions de conception ») ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.78. 2025 (10) Intégration des vitrages simples dans les DTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Plusieurs types de vitrages peuvent être revendiqués dans les DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants doubles et/ou triples ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages isolants simples justifiant de performances thermiques (exemple : vitrages sous vide) ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">les vitrages simples (non-isolant). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dans le cas des vitrages simples (non-isolant), le GS exige que le système prévoie une solution de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cependant, le GS prévoit dorénavant un cas ne nécessitant pas de récupération des eaux de condensation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Il s’agit du cas où l’utilisation des vitrages simples est exclusivement réservée à des locaux non chauffés. Dans ce cas les éléments suivants seront précisés dans le DTA : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">paragraphes « domaine d’emploi », « remarques du GS » et « vitrage » : une phrase complémentaire sera ajoutée, précisant que l’utilisation de vitrage simple est exclusivement réservée à des locaux non chauffés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">planches de profilés : les profilés concernés (parcloses de grande profondeur par exemple) seront identifiés par un astérisque stipulant « * : profilés réservés aux fenêtres mises en œuvre dans des pièces non chauffées ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.79. 2025 (10) Evolution de la liste exhaustive concernant la procédure d'évolutions mineures</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les propositions de modifications ont été examinées par le GS. La liste exhaustive sera mise à jour en conséquence et envoyée aux membres du GS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La liste des évolutions mineures « Simplification des DTA-AT du GS6_V3_2025 » est disponible au lien ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.80. 2025 (12) Reformulation du paragraphe « Cas des dispositions PMR »</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.81. 2025 (12) Eléments de preuves recevables concernant les DTA dont le domaine d'emploi couvre l'outremer (soumis à la réglementation paracyclonique)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4613,51 +4811,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1F0DDBFD"/>
+    <w:nsid w:val="60BB718D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4761,51 +4959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="BD5D2667"/>
+    <w:nsid w:val="C0FD26A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4909,51 +5107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B56789AC"/>
+    <w:nsid w:val="2207F197"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5057,51 +5255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="3CD3E248"/>
+    <w:nsid w:val="CA39B290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5205,51 +5403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="3FCAA95B"/>
+    <w:nsid w:val="3E86D037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5353,51 +5551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="4F4C88E9"/>
+    <w:nsid w:val="A8B12B3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5501,51 +5699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E7A70804"/>
+    <w:nsid w:val="BA194CFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5649,51 +5847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6CE68D7E"/>
+    <w:nsid w:val="5BF1E2DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5797,51 +5995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="5DC45E3C"/>
+    <w:nsid w:val="8F93A9F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5945,51 +6143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="87E58B45"/>
+    <w:nsid w:val="41E6BC72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6093,51 +6291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="96076741"/>
+    <w:nsid w:val="8E2CC63C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6241,51 +6439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="B17DAA1A"/>
+    <w:nsid w:val="F41A06BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6389,51 +6587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="CF607934"/>
+    <w:nsid w:val="19A6648C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6537,51 +6735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="75ACAB63"/>
+    <w:nsid w:val="47671F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6685,51 +6883,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="4C109192"/>
+    <w:nsid w:val="887DF54A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6833,51 +7031,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="7E857C85"/>
+    <w:nsid w:val="BD103678"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6981,51 +7179,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="005238A0"/>
+    <w:nsid w:val="1420D828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7129,51 +7327,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BE168472"/>
+    <w:nsid w:val="227C1D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7277,51 +7475,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="F8C7C163"/>
+    <w:nsid w:val="6874CF22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7425,51 +7623,347 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="8343750F"/>
+    <w:nsid w:val="8A660F9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="B8FFEA33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="99E6B9F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7631,50 +8125,56 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>