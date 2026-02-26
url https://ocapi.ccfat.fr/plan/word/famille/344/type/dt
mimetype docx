--- v0 (2025-12-03)
+++ v1 (2026-02-26)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 26/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -215,50 +215,137 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Au niveau du marquage réalisé sur l'âme isolante du panneau de remplissage, il a été convenu la jurisprudence complémentaire suivante:"Lorsque les éléments constitutifs du panneau sont découpés avant encollage et que le panneau ainsi formé n'est pas destiné à être redécoupé alors un seul marquage est suffisant."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3. 2024 (12)  Nouvelles exigences sur plaque support en HPL (High Pressure Laminated) revêtue d’un film décoratif</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/02/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La proposition est acceptée en considérant :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sur le support HPL seul, les exigences suivantes :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    Conformité aux essais de résistance au vieillissement simulé selon les normes NF EN ISO 4892-1, et -2 pour une durée totale de 500h avec la spécification de variation du critère d’aspect dans l’échelle des gris, limitée à un degré de solidité de la teinte ≥3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o Module en flexion (sens Longueur et sens Travers) : ≥9000MPa.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o Résistance en flexion (sens Longueur et sens Travers) : ≥80MPa.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o Masse volumique : ≥1,35g/cm3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sur le support HPL revêtu d’un film décoratif, les exigences suivantes :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o Conformité aux essais de “Résistance en ambiance humide” (Cf. §15) de la norme NF EN 438-2 avec les spécifications : accroissement de la masse ≤7% et aspect de surface (contrôle visuel) non dégradé.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o Épaisseur totale ≥2,0mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sur le panneau : pas de modification des exigences</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -384,51 +471,203 @@
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="DFEEBB5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>