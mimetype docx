--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 18/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2166,51 +2166,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="0235533F"/>
+    <w:nsid w:val="5F34D8F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2314,51 +2314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="43876025"/>
+    <w:nsid w:val="9FF2F224"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2462,51 +2462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B1B949F4"/>
+    <w:nsid w:val="51E3A70D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2610,51 +2610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="FF4BE465"/>
+    <w:nsid w:val="BB5EE16A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2758,51 +2758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="6C463DAE"/>
+    <w:nsid w:val="AF94085F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2906,51 +2906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="0AF72C33"/>
+    <w:nsid w:val="6BEBBE27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3054,51 +3054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FA9702F4"/>
+    <w:nsid w:val="C290E296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3202,51 +3202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="37811A9A"/>
+    <w:nsid w:val="41E24C52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3350,51 +3350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="60A8FABE"/>
+    <w:nsid w:val="0052FA8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3498,51 +3498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="4A5FA415"/>
+    <w:nsid w:val="EAA18084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3646,51 +3646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="502C87E2"/>
+    <w:nsid w:val="65170984"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3DBFD51C"/>
+    <w:nsid w:val="3F508639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3BE46065"/>
+    <w:nsid w:val="68D0628C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="87A1CC07"/>
+    <w:nsid w:val="69F62DF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="F3A0E326"/>
+    <w:nsid w:val="C1F73A7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="34C408F0"/>
+    <w:nsid w:val="E82A4488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="7CF409D2"/>
+    <w:nsid w:val="F42521BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="EF1EEAF8"/>
+    <w:nsid w:val="6A5A49B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="C8019638"/>
+    <w:nsid w:val="49EC3EA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="FFD2E76B"/>
+    <w:nsid w:val="46B403DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="C2B86C82"/>
+    <w:nsid w:val="74A0EFFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="2758090B"/>
+    <w:nsid w:val="65A9130A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="16280A7C"/>
+    <w:nsid w:val="DDDCB550"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="F9670313"/>
+    <w:nsid w:val="2C5D0934"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="66865F6D"/>
+    <w:nsid w:val="60E2D385"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="7C0A28C5"/>
+    <w:nsid w:val="008B21D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="B9F27C61"/>
+    <w:nsid w:val="F4B64B1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="18372E83"/>
+    <w:nsid w:val="68FF6D8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>