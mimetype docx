--- v1 (2025-12-10)
+++ v2 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2166,51 +2166,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="5F34D8F0"/>
+    <w:nsid w:val="B2925EAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2314,51 +2314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9FF2F224"/>
+    <w:nsid w:val="F1B9CB56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2462,51 +2462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="51E3A70D"/>
+    <w:nsid w:val="65714943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2610,51 +2610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BB5EE16A"/>
+    <w:nsid w:val="8A79E34E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2758,51 +2758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="AF94085F"/>
+    <w:nsid w:val="A190123E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2906,51 +2906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6BEBBE27"/>
+    <w:nsid w:val="E056F2AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3054,51 +3054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="C290E296"/>
+    <w:nsid w:val="9FEB86A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3202,51 +3202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="41E24C52"/>
+    <w:nsid w:val="8A35AC56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3350,51 +3350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0052FA8F"/>
+    <w:nsid w:val="3BFEC30B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3498,51 +3498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="EAA18084"/>
+    <w:nsid w:val="0FE30D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3646,51 +3646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="65170984"/>
+    <w:nsid w:val="0CD552DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3F508639"/>
+    <w:nsid w:val="185C5D12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="68D0628C"/>
+    <w:nsid w:val="3C6C0370"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="69F62DF5"/>
+    <w:nsid w:val="B5D78CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C1F73A7B"/>
+    <w:nsid w:val="F5FD6DF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E82A4488"/>
+    <w:nsid w:val="5857D6CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F42521BB"/>
+    <w:nsid w:val="6F7E29A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="6A5A49B1"/>
+    <w:nsid w:val="4ECEBAD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="49EC3EA4"/>
+    <w:nsid w:val="9AB64C41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="46B403DB"/>
+    <w:nsid w:val="FD646225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="74A0EFFA"/>
+    <w:nsid w:val="A350A022"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="65A9130A"/>
+    <w:nsid w:val="E2A81ED1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="DDDCB550"/>
+    <w:nsid w:val="F9CE830D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="2C5D0934"/>
+    <w:nsid w:val="54750141"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="60E2D385"/>
+    <w:nsid w:val="8B2B52AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="008B21D8"/>
+    <w:nsid w:val="1F42DA28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="F4B64B1A"/>
+    <w:nsid w:val="CB38155E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="68FF6D8D"/>
+    <w:nsid w:val="B833425C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>