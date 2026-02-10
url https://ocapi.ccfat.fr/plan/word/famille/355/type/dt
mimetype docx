--- v2 (2025-12-15)
+++ v3 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2166,51 +2166,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B2925EAA"/>
+    <w:nsid w:val="B63C30FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2314,51 +2314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="F1B9CB56"/>
+    <w:nsid w:val="7EC710E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2462,51 +2462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="65714943"/>
+    <w:nsid w:val="1926B3AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2610,51 +2610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8A79E34E"/>
+    <w:nsid w:val="34A167EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2758,51 +2758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="A190123E"/>
+    <w:nsid w:val="3F9234A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2906,51 +2906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E056F2AA"/>
+    <w:nsid w:val="B58CF085"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3054,51 +3054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="9FEB86A8"/>
+    <w:nsid w:val="66D68672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3202,51 +3202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="8A35AC56"/>
+    <w:nsid w:val="6A4FB848"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3350,51 +3350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="3BFEC30B"/>
+    <w:nsid w:val="5DCA3633"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3498,51 +3498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="0FE30D67"/>
+    <w:nsid w:val="8A23FCE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3646,51 +3646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0CD552DA"/>
+    <w:nsid w:val="0839EF69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="185C5D12"/>
+    <w:nsid w:val="E9A71D66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3C6C0370"/>
+    <w:nsid w:val="7C111120"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="B5D78CBA"/>
+    <w:nsid w:val="BCF8511B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="F5FD6DF4"/>
+    <w:nsid w:val="6E5346C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="5857D6CA"/>
+    <w:nsid w:val="2FC5AF13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6F7E29A2"/>
+    <w:nsid w:val="DF0F74B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="4ECEBAD6"/>
+    <w:nsid w:val="6DAA68FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="9AB64C41"/>
+    <w:nsid w:val="4226E938"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="FD646225"/>
+    <w:nsid w:val="9453789E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="A350A022"/>
+    <w:nsid w:val="7A17F45B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="E2A81ED1"/>
+    <w:nsid w:val="8B438B53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F9CE830D"/>
+    <w:nsid w:val="27A31374"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="54750141"/>
+    <w:nsid w:val="FA8A4352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="8B2B52AD"/>
+    <w:nsid w:val="68563C6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="1F42DA28"/>
+    <w:nsid w:val="40454441"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="CB38155E"/>
+    <w:nsid w:val="33111A8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="B833425C"/>
+    <w:nsid w:val="34C4FC8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>