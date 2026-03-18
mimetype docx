--- v3 (2026-02-10)
+++ v4 (2026-03-18)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 18/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2166,51 +2166,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B63C30FF"/>
+    <w:nsid w:val="99125AE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2314,51 +2314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7EC710E4"/>
+    <w:nsid w:val="C1C20FFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2462,51 +2462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1926B3AC"/>
+    <w:nsid w:val="E5F839DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2610,51 +2610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="34A167EE"/>
+    <w:nsid w:val="CF8588AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2758,51 +2758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="3F9234A2"/>
+    <w:nsid w:val="5D9AF246"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2906,51 +2906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B58CF085"/>
+    <w:nsid w:val="C46D64B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3054,51 +3054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="66D68672"/>
+    <w:nsid w:val="2DCA2A4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3202,51 +3202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6A4FB848"/>
+    <w:nsid w:val="B26252BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3350,51 +3350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="5DCA3633"/>
+    <w:nsid w:val="53F52739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3498,51 +3498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="8A23FCE1"/>
+    <w:nsid w:val="FBA10C19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3646,51 +3646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0839EF69"/>
+    <w:nsid w:val="A8B7EF93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E9A71D66"/>
+    <w:nsid w:val="88343290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7C111120"/>
+    <w:nsid w:val="7AE052D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="BCF8511B"/>
+    <w:nsid w:val="ED8DCC20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="6E5346C5"/>
+    <w:nsid w:val="26F6BEA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="2FC5AF13"/>
+    <w:nsid w:val="056CF103"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DF0F74B2"/>
+    <w:nsid w:val="C8D26A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="6DAA68FA"/>
+    <w:nsid w:val="7352324D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="4226E938"/>
+    <w:nsid w:val="DC87EC80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="9453789E"/>
+    <w:nsid w:val="AA4F2C93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="7A17F45B"/>
+    <w:nsid w:val="5726E81C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="8B438B53"/>
+    <w:nsid w:val="F2827647"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="27A31374"/>
+    <w:nsid w:val="DBFECD74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="FA8A4352"/>
+    <w:nsid w:val="3CCEC109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="68563C6F"/>
+    <w:nsid w:val="A6D84AB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="40454441"/>
+    <w:nsid w:val="630B2DA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="33111A8C"/>
+    <w:nsid w:val="4D843AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="34C4FC8A"/>
+    <w:nsid w:val="672C1FCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>