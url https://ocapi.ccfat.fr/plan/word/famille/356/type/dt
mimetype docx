--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 14/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1601,51 +1601,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="85DFE01D"/>
+    <w:nsid w:val="8E0EEE11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1749,51 +1749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="8921B5EA"/>
+    <w:nsid w:val="0441BD56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1897,51 +1897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4E44E761"/>
+    <w:nsid w:val="F1E84B25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2045,51 +2045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="B001EF3A"/>
+    <w:nsid w:val="4F09E5EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2193,51 +2193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="4684C5EC"/>
+    <w:nsid w:val="83F4046E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="59E35F45"/>
+    <w:nsid w:val="5672F587"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E4597D91"/>
+    <w:nsid w:val="D5D77828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="95363D8E"/>
+    <w:nsid w:val="58D0357B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="4C2D89BF"/>
+    <w:nsid w:val="9B1DB619"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="B2BF80E9"/>
+    <w:nsid w:val="2752073D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="358C75F2"/>
+    <w:nsid w:val="FA90B4B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="FB98497A"/>
+    <w:nsid w:val="113379E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="F9C85AEF"/>
+    <w:nsid w:val="4B708288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="4A50D8FA"/>
+    <w:nsid w:val="5E11C02B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="7031D37D"/>
+    <w:nsid w:val="CEE9D507"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9D7306AF"/>
+    <w:nsid w:val="9F59A3E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E9D8212D"/>
+    <w:nsid w:val="499B1E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="CC69FEF1"/>
+    <w:nsid w:val="A83CB4A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>