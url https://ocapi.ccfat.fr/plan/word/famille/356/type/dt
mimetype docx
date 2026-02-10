--- v1 (2025-12-07)
+++ v2 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1601,51 +1601,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8E0EEE11"/>
+    <w:nsid w:val="67B5A5F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1749,51 +1749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="0441BD56"/>
+    <w:nsid w:val="694351E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1897,51 +1897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F1E84B25"/>
+    <w:nsid w:val="12C97DFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2045,51 +2045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="4F09E5EA"/>
+    <w:nsid w:val="C05B6B32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2193,51 +2193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="83F4046E"/>
+    <w:nsid w:val="96FA2759"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5672F587"/>
+    <w:nsid w:val="CF57D62A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D5D77828"/>
+    <w:nsid w:val="A5BC082A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="58D0357B"/>
+    <w:nsid w:val="572260B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="9B1DB619"/>
+    <w:nsid w:val="BBF5AA03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2752073D"/>
+    <w:nsid w:val="177C52B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="FA90B4B8"/>
+    <w:nsid w:val="B2F71526"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="113379E9"/>
+    <w:nsid w:val="E2E64F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4B708288"/>
+    <w:nsid w:val="750B8E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="5E11C02B"/>
+    <w:nsid w:val="91519B91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="CEE9D507"/>
+    <w:nsid w:val="A0150252"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9F59A3E6"/>
+    <w:nsid w:val="E67BA6C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="499B1E85"/>
+    <w:nsid w:val="AC4E7046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="A83CB4A7"/>
+    <w:nsid w:val="99904E70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>