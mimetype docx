--- v2 (2026-02-10)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1601,51 +1601,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="67B5A5F7"/>
+    <w:nsid w:val="CAA857D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1749,51 +1749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="694351E6"/>
+    <w:nsid w:val="91E54789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1897,51 +1897,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="12C97DFE"/>
+    <w:nsid w:val="54BB0E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2045,51 +2045,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C05B6B32"/>
+    <w:nsid w:val="83C06A33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2193,51 +2193,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="96FA2759"/>
+    <w:nsid w:val="7C39F0B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2341,51 +2341,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="CF57D62A"/>
+    <w:nsid w:val="67A6BA8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,51 +2489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A5BC082A"/>
+    <w:nsid w:val="E6A0167D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2637,51 +2637,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="572260B7"/>
+    <w:nsid w:val="E6369787"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2785,51 +2785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="BBF5AA03"/>
+    <w:nsid w:val="6FFF1F18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2933,51 +2933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="177C52B7"/>
+    <w:nsid w:val="05205850"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3081,51 +3081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B2F71526"/>
+    <w:nsid w:val="61B7D0FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3229,51 +3229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E2E64F3C"/>
+    <w:nsid w:val="2A624C5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3377,51 +3377,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="750B8E53"/>
+    <w:nsid w:val="EB8B31C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3525,51 +3525,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="91519B91"/>
+    <w:nsid w:val="91E4BAE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3673,51 +3673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="A0150252"/>
+    <w:nsid w:val="33935BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3821,51 +3821,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E67BA6C4"/>
+    <w:nsid w:val="D3B63BF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3969,51 +3969,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="AC4E7046"/>
+    <w:nsid w:val="FFE29CD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4117,51 +4117,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="99904E70"/>
+    <w:nsid w:val="1413B674"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>