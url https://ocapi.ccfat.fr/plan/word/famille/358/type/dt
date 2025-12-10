--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 23/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1976,51 +1976,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="63E3419D"/>
+    <w:nsid w:val="EAE7688A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2124,51 +2124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CE1A97FF"/>
+    <w:nsid w:val="A2033C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2272,51 +2272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="14062285"/>
+    <w:nsid w:val="1E0F8134"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2420,51 +2420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BD3CD0BD"/>
+    <w:nsid w:val="289739AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2568,51 +2568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="DD74A7E7"/>
+    <w:nsid w:val="FFBF2566"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2716,51 +2716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="965C4FC1"/>
+    <w:nsid w:val="B3AC4D3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2864,51 +2864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="4C8AF788"/>
+    <w:nsid w:val="6699C71E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3012,51 +3012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="44A25662"/>
+    <w:nsid w:val="21A1759E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3160,51 +3160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="727E6AD9"/>
+    <w:nsid w:val="E556B118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3308,51 +3308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1A204A19"/>
+    <w:nsid w:val="99FE8310"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3456,51 +3456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="3D8E4638"/>
+    <w:nsid w:val="1EE6E704"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3604,51 +3604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="28B3BFF7"/>
+    <w:nsid w:val="8964D6BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3752,51 +3752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7021A597"/>
+    <w:nsid w:val="DB1BB2F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3900,51 +3900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="CC31590B"/>
+    <w:nsid w:val="45DE2083"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4048,51 +4048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C086A4E0"/>
+    <w:nsid w:val="707A8BB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4196,51 +4196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="23576A4D"/>
+    <w:nsid w:val="8D4416BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="4DE791AB"/>
+    <w:nsid w:val="7A743F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4492,51 +4492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="7B89954F"/>
+    <w:nsid w:val="DFC2A180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4640,51 +4640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="7907A2DF"/>
+    <w:nsid w:val="E37AD2CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4788,51 +4788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="BF4EAAD0"/>
+    <w:nsid w:val="7DB062F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4936,51 +4936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="A9D45A28"/>
+    <w:nsid w:val="7FFD7901"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5084,51 +5084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="31467C5F"/>
+    <w:nsid w:val="038A8BAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5232,51 +5232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="854EC8EF"/>
+    <w:nsid w:val="13CEAF6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5380,51 +5380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="23109EAA"/>
+    <w:nsid w:val="88C41D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5528,51 +5528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="4E695850"/>
+    <w:nsid w:val="9E80267C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5676,51 +5676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="4AB46693"/>
+    <w:nsid w:val="60B81946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5824,51 +5824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="C605A0A3"/>
+    <w:nsid w:val="2169245B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5972,51 +5972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="BB79CF55"/>
+    <w:nsid w:val="AF6DF5D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>