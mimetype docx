--- v1 (2025-12-10)
+++ v2 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1976,51 +1976,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EAE7688A"/>
+    <w:nsid w:val="EC9A7EFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2124,51 +2124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A2033C5E"/>
+    <w:nsid w:val="24E631F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2272,51 +2272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1E0F8134"/>
+    <w:nsid w:val="1F7002AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2420,51 +2420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="289739AD"/>
+    <w:nsid w:val="10574628"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2568,51 +2568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FFBF2566"/>
+    <w:nsid w:val="061A34F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2716,51 +2716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B3AC4D3D"/>
+    <w:nsid w:val="B00F63CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2864,51 +2864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="6699C71E"/>
+    <w:nsid w:val="52267097"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3012,51 +3012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="21A1759E"/>
+    <w:nsid w:val="09B8FA35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3160,51 +3160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="E556B118"/>
+    <w:nsid w:val="B734944F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3308,51 +3308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="99FE8310"/>
+    <w:nsid w:val="E775281D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3456,51 +3456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="1EE6E704"/>
+    <w:nsid w:val="4676EE52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3604,51 +3604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="8964D6BE"/>
+    <w:nsid w:val="E9625E76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3752,51 +3752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="DB1BB2F9"/>
+    <w:nsid w:val="D7E470A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3900,51 +3900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="45DE2083"/>
+    <w:nsid w:val="19C0BE4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4048,51 +4048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="707A8BB3"/>
+    <w:nsid w:val="5CB616A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4196,51 +4196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="8D4416BF"/>
+    <w:nsid w:val="855EBA66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="7A743F7A"/>
+    <w:nsid w:val="192C9203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4492,51 +4492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="DFC2A180"/>
+    <w:nsid w:val="0D51CF2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4640,51 +4640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E37AD2CC"/>
+    <w:nsid w:val="C5E048FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4788,51 +4788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7DB062F6"/>
+    <w:nsid w:val="1B11550A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4936,51 +4936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="7FFD7901"/>
+    <w:nsid w:val="A2EB0462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5084,51 +5084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="038A8BAA"/>
+    <w:nsid w:val="5054DA50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5232,51 +5232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="13CEAF6C"/>
+    <w:nsid w:val="CF783412"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5380,51 +5380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="88C41D67"/>
+    <w:nsid w:val="ED75C7C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5528,51 +5528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="9E80267C"/>
+    <w:nsid w:val="2DE003FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5676,51 +5676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="60B81946"/>
+    <w:nsid w:val="E6049603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5824,51 +5824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="2169245B"/>
+    <w:nsid w:val="1A1B8E26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5972,51 +5972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="AF6DF5D7"/>
+    <w:nsid w:val="7C94B703"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>