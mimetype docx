--- v2 (2026-02-10)
+++ v3 (2026-03-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1976,51 +1976,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EC9A7EFC"/>
+    <w:nsid w:val="5183C59B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2124,51 +2124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="24E631F6"/>
+    <w:nsid w:val="0BC67905"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2272,51 +2272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1F7002AC"/>
+    <w:nsid w:val="94716602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2420,51 +2420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="10574628"/>
+    <w:nsid w:val="D39274E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2568,51 +2568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="061A34F5"/>
+    <w:nsid w:val="B1F21244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2716,51 +2716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B00F63CA"/>
+    <w:nsid w:val="49AF58A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2864,51 +2864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="52267097"/>
+    <w:nsid w:val="55DC015F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3012,51 +3012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="09B8FA35"/>
+    <w:nsid w:val="C4EC1553"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3160,51 +3160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B734944F"/>
+    <w:nsid w:val="43A2CF22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3308,51 +3308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E775281D"/>
+    <w:nsid w:val="EAFFDC36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3456,51 +3456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4676EE52"/>
+    <w:nsid w:val="4775F807"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3604,51 +3604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E9625E76"/>
+    <w:nsid w:val="8320B546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3752,51 +3752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D7E470A4"/>
+    <w:nsid w:val="E6946CB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3900,51 +3900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="19C0BE4D"/>
+    <w:nsid w:val="7C718E36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4048,51 +4048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="5CB616A1"/>
+    <w:nsid w:val="C05724E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4196,51 +4196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="855EBA66"/>
+    <w:nsid w:val="AA97F198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="192C9203"/>
+    <w:nsid w:val="9D8C19E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4492,51 +4492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="0D51CF2C"/>
+    <w:nsid w:val="41EC2C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4640,51 +4640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="C5E048FD"/>
+    <w:nsid w:val="EF5554CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4788,51 +4788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="1B11550A"/>
+    <w:nsid w:val="5E4ECCD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4936,51 +4936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="A2EB0462"/>
+    <w:nsid w:val="AE81E066"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5084,51 +5084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="5054DA50"/>
+    <w:nsid w:val="7C18B2D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5232,51 +5232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="CF783412"/>
+    <w:nsid w:val="CFC0B8F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5380,51 +5380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="ED75C7C3"/>
+    <w:nsid w:val="395D8BB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5528,51 +5528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="2DE003FE"/>
+    <w:nsid w:val="04C390CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5676,51 +5676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="E6049603"/>
+    <w:nsid w:val="0E0F3358"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5824,51 +5824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="1A1B8E26"/>
+    <w:nsid w:val="75FCCFBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5972,51 +5972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="7C94B703"/>
+    <w:nsid w:val="A9B9F3A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>