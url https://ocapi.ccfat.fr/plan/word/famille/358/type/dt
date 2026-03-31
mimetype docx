--- v3 (2026-03-10)
+++ v4 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/03/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 01/04/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1976,51 +1976,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="5183C59B"/>
+    <w:nsid w:val="007F2C03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2124,51 +2124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="0BC67905"/>
+    <w:nsid w:val="2ECA163D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2272,51 +2272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="94716602"/>
+    <w:nsid w:val="B4E8800F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2420,51 +2420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D39274E6"/>
+    <w:nsid w:val="18D5CBC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2568,51 +2568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="B1F21244"/>
+    <w:nsid w:val="0D3D5D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2716,51 +2716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="49AF58A2"/>
+    <w:nsid w:val="CFBF8CB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2864,51 +2864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="55DC015F"/>
+    <w:nsid w:val="3CDBBC5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3012,51 +3012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="C4EC1553"/>
+    <w:nsid w:val="8262868E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3160,51 +3160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="43A2CF22"/>
+    <w:nsid w:val="85C6F350"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3308,51 +3308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="EAFFDC36"/>
+    <w:nsid w:val="2226ECE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3456,51 +3456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4775F807"/>
+    <w:nsid w:val="E8644694"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3604,51 +3604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="8320B546"/>
+    <w:nsid w:val="DF9F584E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3752,51 +3752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="E6946CB8"/>
+    <w:nsid w:val="9663B5D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3900,51 +3900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7C718E36"/>
+    <w:nsid w:val="2C8D845B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4048,51 +4048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C05724E1"/>
+    <w:nsid w:val="09C5C7FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4196,51 +4196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="AA97F198"/>
+    <w:nsid w:val="104A317E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9D8C19E5"/>
+    <w:nsid w:val="2844692C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4492,51 +4492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="41EC2C7E"/>
+    <w:nsid w:val="C42BFB35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4640,51 +4640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="EF5554CD"/>
+    <w:nsid w:val="D81B12FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4788,51 +4788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5E4ECCD9"/>
+    <w:nsid w:val="A484228C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4936,51 +4936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AE81E066"/>
+    <w:nsid w:val="2D8953F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5084,51 +5084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="7C18B2D9"/>
+    <w:nsid w:val="5A28CF1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5232,51 +5232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="CFC0B8F4"/>
+    <w:nsid w:val="E8050094"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5380,51 +5380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="395D8BB3"/>
+    <w:nsid w:val="008390A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5528,51 +5528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="04C390CB"/>
+    <w:nsid w:val="0BBB9134"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5676,51 +5676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="0E0F3358"/>
+    <w:nsid w:val="6C7A49A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5824,51 +5824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="75FCCFBE"/>
+    <w:nsid w:val="8DE995C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5972,51 +5972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="A9B9F3A3"/>
+    <w:nsid w:val="2D27C463"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>