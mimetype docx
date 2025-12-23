--- v0 (2025-10-30)
+++ v1 (2025-12-23)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 30/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 23/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2022,51 +2022,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A3AB7E88"/>
+    <w:nsid w:val="1505423C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2170,51 +2170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D6C0E26F"/>
+    <w:nsid w:val="33BDC273"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2318,51 +2318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F2340154"/>
+    <w:nsid w:val="4B172664"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2466,51 +2466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="35C1BDC4"/>
+    <w:nsid w:val="5D6A27A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7C8B4DF7"/>
+    <w:nsid w:val="39285044"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2762,51 +2762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="4B0B5E9D"/>
+    <w:nsid w:val="8AB0B874"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2910,51 +2910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="CCAC005C"/>
+    <w:nsid w:val="814B083D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3058,51 +3058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="66500C03"/>
+    <w:nsid w:val="BD91A96A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="54710641"/>
+    <w:nsid w:val="B5D84FFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3354,51 +3354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="DD4E77A7"/>
+    <w:nsid w:val="5D669129"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3502,51 +3502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="46C01266"/>
+    <w:nsid w:val="06DFAFC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3650,51 +3650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2B9F9C2B"/>
+    <w:nsid w:val="A210BF29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3798,51 +3798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="152BB2E4"/>
+    <w:nsid w:val="7A21F0CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="63928182"/>
+    <w:nsid w:val="7EC1B0B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="A1746749"/>
+    <w:nsid w:val="35F93C9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="8C5FD4AD"/>
+    <w:nsid w:val="9EDF11A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6706DC81"/>
+    <w:nsid w:val="D555E571"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="0D8921D6"/>
+    <w:nsid w:val="A098DF17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="3F5907FC"/>
+    <w:nsid w:val="B7AF946C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="8F758387"/>
+    <w:nsid w:val="E2CB2B72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="1E1D6218"/>
+    <w:nsid w:val="5020711B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="ECE19DAA"/>
+    <w:nsid w:val="276BEE24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="42E3C371"/>
+    <w:nsid w:val="4F4CE709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="E72624FD"/>
+    <w:nsid w:val="B3665789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5574,51 +5574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="BDE80090"/>
+    <w:nsid w:val="60A1412E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5722,51 +5722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="2ED5A70A"/>
+    <w:nsid w:val="5BA0D77F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5870,51 +5870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="69A7DF25"/>
+    <w:nsid w:val="FBC0FF17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6018,51 +6018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="E606E359"/>
+    <w:nsid w:val="8124745F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>