--- v1 (2025-12-23)
+++ v2 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 23/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2022,51 +2022,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1505423C"/>
+    <w:nsid w:val="284D4141"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2170,51 +2170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="33BDC273"/>
+    <w:nsid w:val="3C083C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2318,51 +2318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4B172664"/>
+    <w:nsid w:val="AE2C6E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2466,51 +2466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="5D6A27A8"/>
+    <w:nsid w:val="9B2C42BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="39285044"/>
+    <w:nsid w:val="758179CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2762,51 +2762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="8AB0B874"/>
+    <w:nsid w:val="D781014D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2910,51 +2910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="814B083D"/>
+    <w:nsid w:val="DBB02945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3058,51 +3058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BD91A96A"/>
+    <w:nsid w:val="3F87E3B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B5D84FFA"/>
+    <w:nsid w:val="7AB89688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3354,51 +3354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5D669129"/>
+    <w:nsid w:val="D44C8BD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3502,51 +3502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="06DFAFC8"/>
+    <w:nsid w:val="CF6C464E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3650,51 +3650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="A210BF29"/>
+    <w:nsid w:val="006412F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3798,51 +3798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7A21F0CE"/>
+    <w:nsid w:val="A9F0A78B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7EC1B0B0"/>
+    <w:nsid w:val="A40CCF3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="35F93C9B"/>
+    <w:nsid w:val="4B6F3013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9EDF11A2"/>
+    <w:nsid w:val="E0DCDD6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D555E571"/>
+    <w:nsid w:val="7A0449DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="A098DF17"/>
+    <w:nsid w:val="1B886B23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="B7AF946C"/>
+    <w:nsid w:val="F66A6045"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="E2CB2B72"/>
+    <w:nsid w:val="BDF17D8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="5020711B"/>
+    <w:nsid w:val="DEC66CCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="276BEE24"/>
+    <w:nsid w:val="F507FA26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4F4CE709"/>
+    <w:nsid w:val="DEE4C35A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="B3665789"/>
+    <w:nsid w:val="B516FF17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5574,51 +5574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="60A1412E"/>
+    <w:nsid w:val="DE06EDF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5722,51 +5722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="5BA0D77F"/>
+    <w:nsid w:val="4B43F3F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5870,51 +5870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="FBC0FF17"/>
+    <w:nsid w:val="E7F08A38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6018,51 +6018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="8124745F"/>
+    <w:nsid w:val="F69A4ED7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>