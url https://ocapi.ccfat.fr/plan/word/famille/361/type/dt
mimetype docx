--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2776,51 +2776,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2BC9C75C"/>
+    <w:nsid w:val="F4A67A48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2924,51 +2924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9A50BC5E"/>
+    <w:nsid w:val="5791BB07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3072,51 +3072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="34CBDF7E"/>
+    <w:nsid w:val="DBDC20DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3220,51 +3220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="B348D684"/>
+    <w:nsid w:val="5360663C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3368,51 +3368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="59B24BFE"/>
+    <w:nsid w:val="57898AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3516,51 +3516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="85E1E0CB"/>
+    <w:nsid w:val="568E3610"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3664,51 +3664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7DCFAA34"/>
+    <w:nsid w:val="73F63399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3812,51 +3812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="772037BC"/>
+    <w:nsid w:val="B66E269B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3960,51 +3960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0279FB08"/>
+    <w:nsid w:val="560CB1FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4108,51 +4108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9459853E"/>
+    <w:nsid w:val="879F1EF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4256,51 +4256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="29A2288D"/>
+    <w:nsid w:val="415009EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4404,51 +4404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D7EA8A7B"/>
+    <w:nsid w:val="EAF8D463"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4552,51 +4552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="CF4F025E"/>
+    <w:nsid w:val="28055C9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4700,51 +4700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="E32FE896"/>
+    <w:nsid w:val="EABF229C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4848,51 +4848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AD456F0D"/>
+    <w:nsid w:val="204010BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4996,51 +4996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="1BA72DF6"/>
+    <w:nsid w:val="E1AFCC18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5144,51 +5144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B801E7ED"/>
+    <w:nsid w:val="87630B6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5292,51 +5292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="ACB2D006"/>
+    <w:nsid w:val="39DB4CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5440,51 +5440,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="D42D04C4"/>
+    <w:nsid w:val="B6AAF6E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5588,51 +5588,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="0B646EAF"/>
+    <w:nsid w:val="2FBAC3CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5736,51 +5736,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="ED944424"/>
+    <w:nsid w:val="26865F23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5884,51 +5884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="70CB3457"/>
+    <w:nsid w:val="120FE487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6032,51 +6032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F49A8281"/>
+    <w:nsid w:val="F6B4B2A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6180,51 +6180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="3F3EF6E5"/>
+    <w:nsid w:val="C3F1E749"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6328,51 +6328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="BC135FE0"/>
+    <w:nsid w:val="60E62090"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6476,51 +6476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="A1CB9F17"/>
+    <w:nsid w:val="78ECB845"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6624,51 +6624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="5BEFFF1E"/>
+    <w:nsid w:val="024A3744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6772,51 +6772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="59A708E8"/>
+    <w:nsid w:val="171776CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6920,51 +6920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="FFF3FDE6"/>
+    <w:nsid w:val="0B0800B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7068,51 +7068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="0C890C41"/>
+    <w:nsid w:val="63F57E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>