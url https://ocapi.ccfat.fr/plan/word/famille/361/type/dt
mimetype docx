--- v1 (2025-12-22)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2776,51 +2776,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F4A67A48"/>
+    <w:nsid w:val="1E5E7F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2924,51 +2924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="5791BB07"/>
+    <w:nsid w:val="F881BB0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3072,51 +3072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="DBDC20DA"/>
+    <w:nsid w:val="41504084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3220,51 +3220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="5360663C"/>
+    <w:nsid w:val="E4F60EC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3368,51 +3368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="57898AED"/>
+    <w:nsid w:val="1092557D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3516,51 +3516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="568E3610"/>
+    <w:nsid w:val="809AAB5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3664,51 +3664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="73F63399"/>
+    <w:nsid w:val="D0DD84F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3812,51 +3812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="B66E269B"/>
+    <w:nsid w:val="832F388E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3960,51 +3960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="560CB1FD"/>
+    <w:nsid w:val="C674C509"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4108,51 +4108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="879F1EF5"/>
+    <w:nsid w:val="37CE453A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4256,51 +4256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="415009EE"/>
+    <w:nsid w:val="DEC5CC76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4404,51 +4404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="EAF8D463"/>
+    <w:nsid w:val="902E96EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4552,51 +4552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="28055C9F"/>
+    <w:nsid w:val="9E96AC6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4700,51 +4700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="EABF229C"/>
+    <w:nsid w:val="CE32E6A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4848,51 +4848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="204010BE"/>
+    <w:nsid w:val="19EDCEFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4996,51 +4996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E1AFCC18"/>
+    <w:nsid w:val="2B416E06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5144,51 +5144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="87630B6E"/>
+    <w:nsid w:val="5FC4F173"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5292,51 +5292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="39DB4CBC"/>
+    <w:nsid w:val="1C48079C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5440,51 +5440,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="B6AAF6E3"/>
+    <w:nsid w:val="566C11E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5588,51 +5588,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="2FBAC3CC"/>
+    <w:nsid w:val="CC3AC4B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5736,51 +5736,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="26865F23"/>
+    <w:nsid w:val="50BB21C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5884,51 +5884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="120FE487"/>
+    <w:nsid w:val="3204056F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6032,51 +6032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F6B4B2A0"/>
+    <w:nsid w:val="E12D4270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6180,51 +6180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="C3F1E749"/>
+    <w:nsid w:val="F54DE2CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6328,51 +6328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="60E62090"/>
+    <w:nsid w:val="9DF25314"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6476,51 +6476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="78ECB845"/>
+    <w:nsid w:val="295AC021"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6624,51 +6624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="024A3744"/>
+    <w:nsid w:val="26172D39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6772,51 +6772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="171776CB"/>
+    <w:nsid w:val="FF12AD1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6920,51 +6920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="0B0800B7"/>
+    <w:nsid w:val="1BBB9D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7068,51 +7068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="63F57E47"/>
+    <w:nsid w:val="ACFAA54F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>