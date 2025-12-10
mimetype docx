--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1872,51 +1872,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="418AC45A"/>
+    <w:nsid w:val="87019942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2020,51 +2020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="08A0A0CB"/>
+    <w:nsid w:val="BBC1AA3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2168,51 +2168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="227F00DE"/>
+    <w:nsid w:val="F01E63DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2316,51 +2316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="A835436C"/>
+    <w:nsid w:val="D1E0BB0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2464,51 +2464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7C0C2772"/>
+    <w:nsid w:val="862327C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2612,51 +2612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="0458C44B"/>
+    <w:nsid w:val="1FBADE62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2760,51 +2760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="121793D8"/>
+    <w:nsid w:val="17E52C8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2908,51 +2908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1F9F1216"/>
+    <w:nsid w:val="1A5DE6F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3056,51 +3056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="6163BA8E"/>
+    <w:nsid w:val="D7F2B1B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3204,51 +3204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="60D69D93"/>
+    <w:nsid w:val="1CECDAB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3352,51 +3352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0740C31E"/>
+    <w:nsid w:val="3E4D95B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3500,51 +3500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="373838F2"/>
+    <w:nsid w:val="23D04B4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3648,51 +3648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="ED305B8D"/>
+    <w:nsid w:val="CC7ECBDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3796,51 +3796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="314F5CB8"/>
+    <w:nsid w:val="7455B280"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3944,51 +3944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="669FF7F1"/>
+    <w:nsid w:val="2AEEBFA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4092,51 +4092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D0757A6D"/>
+    <w:nsid w:val="F8A4D31F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4240,51 +4240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="CE4C9867"/>
+    <w:nsid w:val="37F4A16F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4388,51 +4388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="E9C52387"/>
+    <w:nsid w:val="FC350037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4536,51 +4536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="689FF225"/>
+    <w:nsid w:val="BD9672C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4684,51 +4684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="DD26337A"/>
+    <w:nsid w:val="68FE9E68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4832,51 +4832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="783778CB"/>
+    <w:nsid w:val="009FC851"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4980,51 +4980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="E808EBCA"/>
+    <w:nsid w:val="808BCE6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5128,51 +5128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="5B62095A"/>
+    <w:nsid w:val="C2A1F95F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5276,51 +5276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="2B7BD75E"/>
+    <w:nsid w:val="D401CBAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5424,51 +5424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="8A7AA94D"/>
+    <w:nsid w:val="B458F397"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>