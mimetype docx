--- v1 (2025-12-10)
+++ v2 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1872,51 +1872,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="87019942"/>
+    <w:nsid w:val="83D0476C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2020,51 +2020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="BBC1AA3B"/>
+    <w:nsid w:val="498B052A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2168,51 +2168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F01E63DB"/>
+    <w:nsid w:val="6CA03400"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2316,51 +2316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D1E0BB0E"/>
+    <w:nsid w:val="FF650630"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2464,51 +2464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="862327C1"/>
+    <w:nsid w:val="3FA8BAE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2612,51 +2612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="1FBADE62"/>
+    <w:nsid w:val="E2A8D8B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2760,51 +2760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="17E52C8A"/>
+    <w:nsid w:val="81541E59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2908,51 +2908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1A5DE6F1"/>
+    <w:nsid w:val="286483E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3056,51 +3056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D7F2B1B5"/>
+    <w:nsid w:val="B77215D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3204,51 +3204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1CECDAB4"/>
+    <w:nsid w:val="9D43FF2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3352,51 +3352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="3E4D95B3"/>
+    <w:nsid w:val="58DCD7A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3500,51 +3500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="23D04B4D"/>
+    <w:nsid w:val="74288FD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3648,51 +3648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="CC7ECBDD"/>
+    <w:nsid w:val="B4A238EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3796,51 +3796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7455B280"/>
+    <w:nsid w:val="E969D9E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3944,51 +3944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2AEEBFA0"/>
+    <w:nsid w:val="F08D93F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4092,51 +4092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F8A4D31F"/>
+    <w:nsid w:val="38D8D7EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4240,51 +4240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="37F4A16F"/>
+    <w:nsid w:val="261A3B44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4388,51 +4388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="FC350037"/>
+    <w:nsid w:val="2D57D253"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4536,51 +4536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="BD9672C4"/>
+    <w:nsid w:val="EFBB80B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4684,51 +4684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="68FE9E68"/>
+    <w:nsid w:val="596D17A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4832,51 +4832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="009FC851"/>
+    <w:nsid w:val="F5FE0805"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4980,51 +4980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="808BCE6C"/>
+    <w:nsid w:val="52DD89CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5128,51 +5128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="C2A1F95F"/>
+    <w:nsid w:val="9818AD76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5276,51 +5276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="D401CBAF"/>
+    <w:nsid w:val="52337936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5424,51 +5424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="B458F397"/>
+    <w:nsid w:val="ADD4116B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>