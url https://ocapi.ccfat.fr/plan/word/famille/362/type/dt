--- v2 (2026-02-10)
+++ v3 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 03/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1872,51 +1872,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="83D0476C"/>
+    <w:nsid w:val="3AA62CCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2020,51 +2020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="498B052A"/>
+    <w:nsid w:val="E7E7C76F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2168,51 +2168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6CA03400"/>
+    <w:nsid w:val="D7742FDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2316,51 +2316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="FF650630"/>
+    <w:nsid w:val="CC225518"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2464,51 +2464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="3FA8BAE6"/>
+    <w:nsid w:val="94CD8FF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2612,51 +2612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E2A8D8B9"/>
+    <w:nsid w:val="EE712325"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2760,51 +2760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="81541E59"/>
+    <w:nsid w:val="6BC45B98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2908,51 +2908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="286483E7"/>
+    <w:nsid w:val="9C30C897"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3056,51 +3056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B77215D9"/>
+    <w:nsid w:val="B2C8F777"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3204,51 +3204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9D43FF2C"/>
+    <w:nsid w:val="EE42D259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3352,51 +3352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="58DCD7A9"/>
+    <w:nsid w:val="6D1E1E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3500,51 +3500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="74288FD8"/>
+    <w:nsid w:val="BB0422DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3648,51 +3648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="B4A238EC"/>
+    <w:nsid w:val="F52810F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3796,51 +3796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="E969D9E7"/>
+    <w:nsid w:val="061702D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3944,51 +3944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="F08D93F9"/>
+    <w:nsid w:val="FBA0A052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4092,51 +4092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="38D8D7EE"/>
+    <w:nsid w:val="B88324F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4240,51 +4240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="261A3B44"/>
+    <w:nsid w:val="59C8DA28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4388,51 +4388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="2D57D253"/>
+    <w:nsid w:val="A343063C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4536,51 +4536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="EFBB80B8"/>
+    <w:nsid w:val="4E458AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4684,51 +4684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="596D17A7"/>
+    <w:nsid w:val="AE2FF823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4832,51 +4832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="F5FE0805"/>
+    <w:nsid w:val="AE0CDFE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4980,51 +4980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="52DD89CD"/>
+    <w:nsid w:val="D8C7A31D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5128,51 +5128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="9818AD76"/>
+    <w:nsid w:val="DADB2367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5276,51 +5276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="52337936"/>
+    <w:nsid w:val="BB67B3B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5424,51 +5424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="ADD4116B"/>
+    <w:nsid w:val="08F1B517"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>