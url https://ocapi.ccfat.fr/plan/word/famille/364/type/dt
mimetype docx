--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 03/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 23/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1908,51 +1908,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="DF18C206"/>
+    <w:nsid w:val="1B9FD365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2056,51 +2056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B5442E33"/>
+    <w:nsid w:val="A4D08294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2204,51 +2204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="763BAC10"/>
+    <w:nsid w:val="AA2A2373"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2352,51 +2352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6061A87E"/>
+    <w:nsid w:val="4CF6AEFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2500,51 +2500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2D7789A3"/>
+    <w:nsid w:val="743FDE0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2648,51 +2648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="8D570F6A"/>
+    <w:nsid w:val="56F3D031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2796,51 +2796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="609A72E0"/>
+    <w:nsid w:val="0A354669"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2944,51 +2944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="FAD73CE5"/>
+    <w:nsid w:val="152E3606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3092,51 +3092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="8431F5B4"/>
+    <w:nsid w:val="CC3361E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3240,51 +3240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2F8C625F"/>
+    <w:nsid w:val="F759B6AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3388,51 +3388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9F638261"/>
+    <w:nsid w:val="B4FE3271"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3536,51 +3536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1349EDEB"/>
+    <w:nsid w:val="EE3C6B4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3684,51 +3684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="0A393B25"/>
+    <w:nsid w:val="D805D751"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3832,51 +3832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="616898D7"/>
+    <w:nsid w:val="EF028A9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3980,51 +3980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="370F652F"/>
+    <w:nsid w:val="7F3E8EAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4128,51 +4128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="BE64E9B2"/>
+    <w:nsid w:val="89BD4CF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4276,51 +4276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E8B801D8"/>
+    <w:nsid w:val="A834AF31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4424,51 +4424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="69CA0701"/>
+    <w:nsid w:val="0402951F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4572,51 +4572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6375780C"/>
+    <w:nsid w:val="750781DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4720,51 +4720,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A3732D0C"/>
+    <w:nsid w:val="00AA0BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4868,51 +4868,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="9F6951A6"/>
+    <w:nsid w:val="F2A9490F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5016,51 +5016,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="54586D45"/>
+    <w:nsid w:val="E7AF8424"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5164,51 +5164,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="79C1B729"/>
+    <w:nsid w:val="84BCFE1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5312,51 +5312,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9CFC6B13"/>
+    <w:nsid w:val="F0FF3A3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5460,51 +5460,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="16E165C7"/>
+    <w:nsid w:val="84401DE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>