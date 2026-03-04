--- v1 (2025-12-23)
+++ v2 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 23/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1908,51 +1908,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1B9FD365"/>
+    <w:nsid w:val="7DA29FE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2056,51 +2056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A4D08294"/>
+    <w:nsid w:val="DC93B46F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2204,51 +2204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="AA2A2373"/>
+    <w:nsid w:val="10AA3198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2352,51 +2352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="4CF6AEFE"/>
+    <w:nsid w:val="681DB75E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2500,51 +2500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="743FDE0B"/>
+    <w:nsid w:val="E0325EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2648,51 +2648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="56F3D031"/>
+    <w:nsid w:val="88AAEDF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2796,51 +2796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="0A354669"/>
+    <w:nsid w:val="DBB24F51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2944,51 +2944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="152E3606"/>
+    <w:nsid w:val="AF80F6D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3092,51 +3092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="CC3361E7"/>
+    <w:nsid w:val="635A542D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3240,51 +3240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F759B6AE"/>
+    <w:nsid w:val="7EA112EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3388,51 +3388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B4FE3271"/>
+    <w:nsid w:val="A3ED1622"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3536,51 +3536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="EE3C6B4E"/>
+    <w:nsid w:val="71602F43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3684,51 +3684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D805D751"/>
+    <w:nsid w:val="0EE7E65B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3832,51 +3832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="EF028A9C"/>
+    <w:nsid w:val="8AF8F57F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3980,51 +3980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="7F3E8EAC"/>
+    <w:nsid w:val="60CCADC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4128,51 +4128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="89BD4CF7"/>
+    <w:nsid w:val="C6FC2B83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4276,51 +4276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="A834AF31"/>
+    <w:nsid w:val="DCA5373F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4424,51 +4424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="0402951F"/>
+    <w:nsid w:val="9D450F21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4572,51 +4572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="750781DC"/>
+    <w:nsid w:val="321DABB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4720,51 +4720,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="00AA0BAE"/>
+    <w:nsid w:val="BFFE92A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4868,51 +4868,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="F2A9490F"/>
+    <w:nsid w:val="31A5E202"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5016,51 +5016,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="E7AF8424"/>
+    <w:nsid w:val="AA39FF5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5164,51 +5164,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="84BCFE1D"/>
+    <w:nsid w:val="ED27E4C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5312,51 +5312,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="F0FF3A3F"/>
+    <w:nsid w:val="7F2233B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5460,51 +5460,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="84401DE2"/>
+    <w:nsid w:val="35543709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>