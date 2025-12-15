--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 31/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1856,51 +1856,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3B975E0F"/>
+    <w:nsid w:val="3D1F8771"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2004,51 +2004,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1FC47912"/>
+    <w:nsid w:val="A4A6C80A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2152,51 +2152,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="DF3DF7E9"/>
+    <w:nsid w:val="39BCD768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2300,51 +2300,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="B5391A5A"/>
+    <w:nsid w:val="2F134EA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2448,51 +2448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="48116BB3"/>
+    <w:nsid w:val="7E79134F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2596,51 +2596,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="49B1E564"/>
+    <w:nsid w:val="9FD41EAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2744,51 +2744,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="21F9F73D"/>
+    <w:nsid w:val="0FB3E4E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2892,51 +2892,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="B620D159"/>
+    <w:nsid w:val="B0A71E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3040,51 +3040,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="AFC34028"/>
+    <w:nsid w:val="C7A45E76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3188,51 +3188,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="63237E80"/>
+    <w:nsid w:val="ED11CA62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3336,51 +3336,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="CDA8BAC2"/>
+    <w:nsid w:val="AF710073"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3484,51 +3484,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="CA385EFF"/>
+    <w:nsid w:val="7BEAC0C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3632,51 +3632,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="07DAE14D"/>
+    <w:nsid w:val="64EED6B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3780,51 +3780,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="AE855CA7"/>
+    <w:nsid w:val="8478F097"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3928,51 +3928,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="095A4603"/>
+    <w:nsid w:val="49FC24DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4076,51 +4076,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="EA05FFDB"/>
+    <w:nsid w:val="264280B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4224,51 +4224,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="C565ABCC"/>
+    <w:nsid w:val="D4B74624"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4372,51 +4372,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C3370FB7"/>
+    <w:nsid w:val="3D94CD4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4520,51 +4520,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="CF38535D"/>
+    <w:nsid w:val="539CFDC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4668,51 +4668,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="BE596E7B"/>
+    <w:nsid w:val="AA1EF599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4816,51 +4816,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="0DF69E0E"/>
+    <w:nsid w:val="8F87B446"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4964,51 +4964,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="8DCF1B62"/>
+    <w:nsid w:val="EB1AC801"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5112,51 +5112,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4066FFC1"/>
+    <w:nsid w:val="7A4D2622"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5260,51 +5260,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="B03AC80F"/>
+    <w:nsid w:val="ABC79D86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5408,51 +5408,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="CF0AB4DB"/>
+    <w:nsid w:val="A0D7091F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>