--- v1 (2025-12-15)
+++ v2 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1856,51 +1856,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3D1F8771"/>
+    <w:nsid w:val="F7260AD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2004,51 +2004,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A4A6C80A"/>
+    <w:nsid w:val="E3049321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2152,51 +2152,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="39BCD768"/>
+    <w:nsid w:val="C8F1E35F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2300,51 +2300,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="2F134EA2"/>
+    <w:nsid w:val="77BA1E99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2448,51 +2448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7E79134F"/>
+    <w:nsid w:val="55AF0A39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2596,51 +2596,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="9FD41EAF"/>
+    <w:nsid w:val="D9A3E79E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2744,51 +2744,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="0FB3E4E7"/>
+    <w:nsid w:val="083CBC30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2892,51 +2892,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="B0A71E47"/>
+    <w:nsid w:val="8D2A1A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3040,51 +3040,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C7A45E76"/>
+    <w:nsid w:val="0CD1CC24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3188,51 +3188,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="ED11CA62"/>
+    <w:nsid w:val="7100273E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3336,51 +3336,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="AF710073"/>
+    <w:nsid w:val="6A03C808"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3484,51 +3484,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="7BEAC0C6"/>
+    <w:nsid w:val="3AE8A60D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3632,51 +3632,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="64EED6B4"/>
+    <w:nsid w:val="E1DC0EB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3780,51 +3780,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="8478F097"/>
+    <w:nsid w:val="D6ED2EC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3928,51 +3928,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="49FC24DF"/>
+    <w:nsid w:val="38BC5639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4076,51 +4076,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="264280B7"/>
+    <w:nsid w:val="F4CC011C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4224,51 +4224,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D4B74624"/>
+    <w:nsid w:val="2A9898B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4372,51 +4372,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="3D94CD4C"/>
+    <w:nsid w:val="2F6A2DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4520,51 +4520,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="539CFDC7"/>
+    <w:nsid w:val="C7A5BBCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4668,51 +4668,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="AA1EF599"/>
+    <w:nsid w:val="1EF08E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4816,51 +4816,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="8F87B446"/>
+    <w:nsid w:val="DADF78A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4964,51 +4964,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="EB1AC801"/>
+    <w:nsid w:val="C72DDE1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5112,51 +5112,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="7A4D2622"/>
+    <w:nsid w:val="5ACC0A30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5260,51 +5260,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="ABC79D86"/>
+    <w:nsid w:val="080029B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5408,51 +5408,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="A0D7091F"/>
+    <w:nsid w:val="FC7C5319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>