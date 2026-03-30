--- v2 (2026-03-04)
+++ v3 (2026-03-30)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 04/03/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 30/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1856,51 +1856,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F7260AD5"/>
+    <w:nsid w:val="62F1ED5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2004,51 +2004,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E3049321"/>
+    <w:nsid w:val="662B7B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2152,51 +2152,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C8F1E35F"/>
+    <w:nsid w:val="ED484B2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2300,51 +2300,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="77BA1E99"/>
+    <w:nsid w:val="9B0A8309"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2448,51 +2448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="55AF0A39"/>
+    <w:nsid w:val="C51E6A7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2596,51 +2596,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D9A3E79E"/>
+    <w:nsid w:val="8034DDD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2744,51 +2744,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="083CBC30"/>
+    <w:nsid w:val="ADC7D03A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2892,51 +2892,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="8D2A1A87"/>
+    <w:nsid w:val="4818D1AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3040,51 +3040,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0CD1CC24"/>
+    <w:nsid w:val="7D69F0CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3188,51 +3188,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7100273E"/>
+    <w:nsid w:val="378057C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3336,51 +3336,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="6A03C808"/>
+    <w:nsid w:val="5EC745F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3484,51 +3484,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3AE8A60D"/>
+    <w:nsid w:val="5EE5C099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3632,51 +3632,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="E1DC0EB2"/>
+    <w:nsid w:val="EEC80DAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3780,51 +3780,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D6ED2EC3"/>
+    <w:nsid w:val="6C4D9E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3928,51 +3928,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="38BC5639"/>
+    <w:nsid w:val="A2BDAF1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4076,51 +4076,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F4CC011C"/>
+    <w:nsid w:val="8456F65C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4224,51 +4224,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="2A9898B9"/>
+    <w:nsid w:val="81A982DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4372,51 +4372,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="2F6A2DC0"/>
+    <w:nsid w:val="7DFEEAB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4520,51 +4520,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="C7A5BBCD"/>
+    <w:nsid w:val="F27555FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4668,51 +4668,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="1EF08E22"/>
+    <w:nsid w:val="EB5E2AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4816,51 +4816,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="DADF78A5"/>
+    <w:nsid w:val="B5AB0828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4964,51 +4964,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="C72DDE1B"/>
+    <w:nsid w:val="7DD5FBFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5112,51 +5112,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="5ACC0A30"/>
+    <w:nsid w:val="E40D8F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5260,51 +5260,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="080029B6"/>
+    <w:nsid w:val="15B6EED5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5408,51 +5408,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="FC7C5319"/>
+    <w:nsid w:val="479C345D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>