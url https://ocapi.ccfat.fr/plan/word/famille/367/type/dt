--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 17/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2003,51 +2003,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="CBD775DB"/>
+    <w:nsid w:val="C2B93660"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2151,51 +2151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2DE5AE62"/>
+    <w:nsid w:val="A867E9F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2299,51 +2299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4F5AECB8"/>
+    <w:nsid w:val="084FA462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2447,51 +2447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="85290323"/>
+    <w:nsid w:val="1463DFE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2595,51 +2595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9A1BF0B1"/>
+    <w:nsid w:val="60729070"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="9648A79C"/>
+    <w:nsid w:val="28404DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="25AFD83D"/>
+    <w:nsid w:val="F1E5A4E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="26049C65"/>
+    <w:nsid w:val="DACC21DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="DDCB50BC"/>
+    <w:nsid w:val="8116996C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="205845F3"/>
+    <w:nsid w:val="FCA13ECC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="ACE805AC"/>
+    <w:nsid w:val="5C224FFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="659DFF95"/>
+    <w:nsid w:val="14141B61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="01286192"/>
+    <w:nsid w:val="2229C406"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="DFEA395E"/>
+    <w:nsid w:val="C1AF039A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="797EB492"/>
+    <w:nsid w:val="1FBF7B29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="FEA2E113"/>
+    <w:nsid w:val="7DFB6FFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="CA4A5EDF"/>
+    <w:nsid w:val="D9516119"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="E60C6DAC"/>
+    <w:nsid w:val="FA7BE128"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="24FC5EB1"/>
+    <w:nsid w:val="D84D7B74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="09BCB0DF"/>
+    <w:nsid w:val="5B0347A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="2E2C3E96"/>
+    <w:nsid w:val="2C38DB94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="FE8DFEC5"/>
+    <w:nsid w:val="A17E4255"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="FF1A46DD"/>
+    <w:nsid w:val="4C3DDA92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="BFEC6097"/>
+    <w:nsid w:val="F27286C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5555,51 +5555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="D6854431"/>
+    <w:nsid w:val="D59679E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5703,51 +5703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="3E62AC5A"/>
+    <w:nsid w:val="8B4BA26F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5851,51 +5851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="956BD30D"/>
+    <w:nsid w:val="A4B89940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5999,51 +5999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="2A57E646"/>
+    <w:nsid w:val="B4461A98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6147,51 +6147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="AF96C2C1"/>
+    <w:nsid w:val="405C45D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>