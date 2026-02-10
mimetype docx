--- v1 (2025-12-08)
+++ v2 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2003,51 +2003,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C2B93660"/>
+    <w:nsid w:val="6C0C5F02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2151,51 +2151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A867E9F0"/>
+    <w:nsid w:val="72F96529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2299,51 +2299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="084FA462"/>
+    <w:nsid w:val="0EC0C0AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2447,51 +2447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1463DFE8"/>
+    <w:nsid w:val="61401BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2595,51 +2595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="60729070"/>
+    <w:nsid w:val="15F6B55E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="28404DDB"/>
+    <w:nsid w:val="5E9EEAF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F1E5A4E9"/>
+    <w:nsid w:val="FF1CC3BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="DACC21DF"/>
+    <w:nsid w:val="E03E6225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="8116996C"/>
+    <w:nsid w:val="A7CB567D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="FCA13ECC"/>
+    <w:nsid w:val="4273D7AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5C224FFD"/>
+    <w:nsid w:val="EFD051A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="14141B61"/>
+    <w:nsid w:val="D4C178F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="2229C406"/>
+    <w:nsid w:val="D1BCF028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="C1AF039A"/>
+    <w:nsid w:val="1F571DB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1FBF7B29"/>
+    <w:nsid w:val="6F49E0B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="7DFB6FFC"/>
+    <w:nsid w:val="E153C03A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D9516119"/>
+    <w:nsid w:val="13FA05AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="FA7BE128"/>
+    <w:nsid w:val="F5556BB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="D84D7B74"/>
+    <w:nsid w:val="7247EABF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5B0347A4"/>
+    <w:nsid w:val="C898CFB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="2C38DB94"/>
+    <w:nsid w:val="1CAEA02C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A17E4255"/>
+    <w:nsid w:val="EA6B61CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4C3DDA92"/>
+    <w:nsid w:val="04F6A03B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="F27286C0"/>
+    <w:nsid w:val="3904D20B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5555,51 +5555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="D59679E2"/>
+    <w:nsid w:val="E8AA98A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5703,51 +5703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="8B4BA26F"/>
+    <w:nsid w:val="6D505549"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5851,51 +5851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="A4B89940"/>
+    <w:nsid w:val="3B44F2EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5999,51 +5999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="B4461A98"/>
+    <w:nsid w:val="78B36B4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6147,51 +6147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="405C45D3"/>
+    <w:nsid w:val="FFED4649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>