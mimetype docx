--- v2 (2026-02-10)
+++ v3 (2026-03-18)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 10/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 12 - Édité le 18/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 12 « Revêtements de sol et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2003,51 +2003,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="6C0C5F02"/>
+    <w:nsid w:val="7142CF7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2151,51 +2151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="72F96529"/>
+    <w:nsid w:val="98376F76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2299,51 +2299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="0EC0C0AA"/>
+    <w:nsid w:val="352B6DE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2447,51 +2447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="61401BC1"/>
+    <w:nsid w:val="90ADDFC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2595,51 +2595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="15F6B55E"/>
+    <w:nsid w:val="0BE478CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5E9EEAF4"/>
+    <w:nsid w:val="69170F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FF1CC3BE"/>
+    <w:nsid w:val="4376CEEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="E03E6225"/>
+    <w:nsid w:val="39643F37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A7CB567D"/>
+    <w:nsid w:val="C835FFC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="4273D7AB"/>
+    <w:nsid w:val="D3C4F5D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="EFD051A0"/>
+    <w:nsid w:val="20389CDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D4C178F9"/>
+    <w:nsid w:val="B514857A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D1BCF028"/>
+    <w:nsid w:val="B74ADF87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="1F571DB6"/>
+    <w:nsid w:val="5D5E7E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="6F49E0B1"/>
+    <w:nsid w:val="507E8B55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E153C03A"/>
+    <w:nsid w:val="D884F302"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="13FA05AF"/>
+    <w:nsid w:val="594BA556"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="F5556BB9"/>
+    <w:nsid w:val="063432A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="7247EABF"/>
+    <w:nsid w:val="4609D78E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="C898CFB0"/>
+    <w:nsid w:val="9CBA4E7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="1CAEA02C"/>
+    <w:nsid w:val="DCDAB883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="EA6B61CD"/>
+    <w:nsid w:val="A5848C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="04F6A03B"/>
+    <w:nsid w:val="8B23A8EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="3904D20B"/>
+    <w:nsid w:val="E8530F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5555,51 +5555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="E8AA98A4"/>
+    <w:nsid w:val="45BBDA93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5703,51 +5703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="6D505549"/>
+    <w:nsid w:val="939AF72A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5851,51 +5851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="3B44F2EA"/>
+    <w:nsid w:val="9A36A8AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5999,51 +5999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="78B36B4E"/>
+    <w:nsid w:val="305C1CD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6147,51 +6147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="FFED4649"/>
+    <w:nsid w:val="80B80813"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>