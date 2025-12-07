--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 23/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3282,51 +3282,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1DAEA2A2"/>
+    <w:nsid w:val="3CBA5497"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3430,51 +3430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B8D2C7E5"/>
+    <w:nsid w:val="C632BFF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3578,51 +3578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="FA20BD48"/>
+    <w:nsid w:val="74DCC7B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="FE5DA251"/>
+    <w:nsid w:val="59AE1695"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3874,51 +3874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="B5D9E517"/>
+    <w:nsid w:val="EC973183"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4022,51 +4022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F716AE15"/>
+    <w:nsid w:val="7302DC41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="6891F6B7"/>
+    <w:nsid w:val="C04C4DC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4318,51 +4318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="03D75F91"/>
+    <w:nsid w:val="BEEABE6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4466,51 +4466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="024D95D1"/>
+    <w:nsid w:val="B6B76552"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="EEC2E76D"/>
+    <w:nsid w:val="F611B428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B87732C9"/>
+    <w:nsid w:val="92818DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="352078AD"/>
+    <w:nsid w:val="300AEC9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5058,51 +5058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="0CF7C91A"/>
+    <w:nsid w:val="9EDF9724"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="A905B24A"/>
+    <w:nsid w:val="BCC4F207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5354,51 +5354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="BA45E623"/>
+    <w:nsid w:val="670D1E79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +5502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F267CBE6"/>
+    <w:nsid w:val="D234C6DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5650,51 +5650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E066C96A"/>
+    <w:nsid w:val="75DA1AE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5798,51 +5798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="8B70E218"/>
+    <w:nsid w:val="6F94562B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5946,51 +5946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="F02294E3"/>
+    <w:nsid w:val="B428A0CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6094,51 +6094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="EA026A8A"/>
+    <w:nsid w:val="0B81FC99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6242,51 +6242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="9272B739"/>
+    <w:nsid w:val="AD918532"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6390,51 +6390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="252A9780"/>
+    <w:nsid w:val="584B23F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6538,51 +6538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="273D71F1"/>
+    <w:nsid w:val="73B4793D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6686,51 +6686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9202D798"/>
+    <w:nsid w:val="EAD2C0C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6834,51 +6834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="1BCA58F2"/>
+    <w:nsid w:val="A1509E0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>