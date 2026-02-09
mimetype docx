--- v1 (2025-12-07)
+++ v2 (2026-02-09)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 09/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3282,51 +3282,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3CBA5497"/>
+    <w:nsid w:val="A1C723FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3430,51 +3430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C632BFF0"/>
+    <w:nsid w:val="849D9BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3578,51 +3578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="74DCC7B9"/>
+    <w:nsid w:val="4299BF5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="59AE1695"/>
+    <w:nsid w:val="140B647F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3874,51 +3874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="EC973183"/>
+    <w:nsid w:val="8FDCA227"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4022,51 +4022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="7302DC41"/>
+    <w:nsid w:val="18C283F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="C04C4DC2"/>
+    <w:nsid w:val="D1A203AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4318,51 +4318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BEEABE6D"/>
+    <w:nsid w:val="05DD93E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4466,51 +4466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B6B76552"/>
+    <w:nsid w:val="5326EE42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F611B428"/>
+    <w:nsid w:val="8FF465B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="92818DC3"/>
+    <w:nsid w:val="B705C013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="300AEC9B"/>
+    <w:nsid w:val="465B8D48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5058,51 +5058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="9EDF9724"/>
+    <w:nsid w:val="B5F25B96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="BCC4F207"/>
+    <w:nsid w:val="07D6F0F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5354,51 +5354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="670D1E79"/>
+    <w:nsid w:val="501D7409"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +5502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D234C6DB"/>
+    <w:nsid w:val="C6FD633F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5650,51 +5650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="75DA1AE2"/>
+    <w:nsid w:val="7817A893"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5798,51 +5798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="6F94562B"/>
+    <w:nsid w:val="CBBD6274"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5946,51 +5946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="B428A0CB"/>
+    <w:nsid w:val="A71BA7D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6094,51 +6094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="0B81FC99"/>
+    <w:nsid w:val="40CEA354"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6242,51 +6242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AD918532"/>
+    <w:nsid w:val="DD9048AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6390,51 +6390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="584B23F6"/>
+    <w:nsid w:val="A572AB7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6538,51 +6538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="73B4793D"/>
+    <w:nsid w:val="F1317DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6686,51 +6686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="EAD2C0C6"/>
+    <w:nsid w:val="DD1CDF95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6834,51 +6834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="A1509E0D"/>
+    <w:nsid w:val="D6E12DD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>