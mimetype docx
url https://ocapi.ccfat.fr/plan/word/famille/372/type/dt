--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 09/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 16 - Édité le 24/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 16 « Produits et Procédés spéciaux pour la maçonnerie »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3282,51 +3282,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A1C723FA"/>
+    <w:nsid w:val="8BA76191"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3430,51 +3430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="849D9BC2"/>
+    <w:nsid w:val="49B771F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3578,51 +3578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4299BF5D"/>
+    <w:nsid w:val="B46FB7CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="140B647F"/>
+    <w:nsid w:val="F54F6701"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3874,51 +3874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="8FDCA227"/>
+    <w:nsid w:val="E6D62127"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4022,51 +4022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="18C283F8"/>
+    <w:nsid w:val="6F4AF8B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D1A203AE"/>
+    <w:nsid w:val="C6A48F13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4318,51 +4318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="05DD93E5"/>
+    <w:nsid w:val="B0AAB474"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4466,51 +4466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="5326EE42"/>
+    <w:nsid w:val="5658A8BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="8FF465B0"/>
+    <w:nsid w:val="31216B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4762,51 +4762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B705C013"/>
+    <w:nsid w:val="539EA399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4910,51 +4910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="465B8D48"/>
+    <w:nsid w:val="75E457AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5058,51 +5058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="B5F25B96"/>
+    <w:nsid w:val="1452B8B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="07D6F0F3"/>
+    <w:nsid w:val="7B3D8777"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5354,51 +5354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="501D7409"/>
+    <w:nsid w:val="52474AFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +5502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="C6FD633F"/>
+    <w:nsid w:val="4D62C9AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5650,51 +5650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="7817A893"/>
+    <w:nsid w:val="C6C44FE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5798,51 +5798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="CBBD6274"/>
+    <w:nsid w:val="FD04A515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5946,51 +5946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="A71BA7D1"/>
+    <w:nsid w:val="EFE3B902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6094,51 +6094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="40CEA354"/>
+    <w:nsid w:val="C74B010E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6242,51 +6242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="DD9048AC"/>
+    <w:nsid w:val="9E602FB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6390,51 +6390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A572AB7B"/>
+    <w:nsid w:val="BFFF149D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6538,51 +6538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F1317DA2"/>
+    <w:nsid w:val="982EAB97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6686,51 +6686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="DD1CDF95"/>
+    <w:nsid w:val="68D5845B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6834,51 +6834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="D6E12DD7"/>
+    <w:nsid w:val="1FF51A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>