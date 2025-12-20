--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 05/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 20/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -8276,51 +8276,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="D1B11A27"/>
+    <w:nsid w:val="F7E3E3B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8424,51 +8424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CF6D2F03"/>
+    <w:nsid w:val="C5696E96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8572,51 +8572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8F3EE9EE"/>
+    <w:nsid w:val="B45B65EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8720,51 +8720,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="70D7A58E"/>
+    <w:nsid w:val="1F4D3FC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8868,51 +8868,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7980E427"/>
+    <w:nsid w:val="C0292E56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9016,51 +9016,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="088EFC38"/>
+    <w:nsid w:val="EDAF06C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9164,51 +9164,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="449F7040"/>
+    <w:nsid w:val="D47CD3AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9312,51 +9312,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="74DA3EAA"/>
+    <w:nsid w:val="3F4ADC86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9460,51 +9460,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="3F2D33AE"/>
+    <w:nsid w:val="FE67FAE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9608,51 +9608,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E7D17C57"/>
+    <w:nsid w:val="1660A7D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9756,51 +9756,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5E45B326"/>
+    <w:nsid w:val="75B9E7A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9904,51 +9904,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1628E938"/>
+    <w:nsid w:val="47DFF139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10052,51 +10052,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="1BF9D1D6"/>
+    <w:nsid w:val="8017DC90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10200,51 +10200,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D5680C2A"/>
+    <w:nsid w:val="67A45E64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10348,51 +10348,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="392F3298"/>
+    <w:nsid w:val="43485EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10496,51 +10496,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="25F80F88"/>
+    <w:nsid w:val="5AEB4D0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10644,51 +10644,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E6DED588"/>
+    <w:nsid w:val="8E4D681D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10792,51 +10792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="91B3510E"/>
+    <w:nsid w:val="FD6904A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10940,51 +10940,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6C37773B"/>
+    <w:nsid w:val="1AFF268B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11088,51 +11088,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="27D52277"/>
+    <w:nsid w:val="9BC47D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11236,51 +11236,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="FEF80C59"/>
+    <w:nsid w:val="D6112EEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11384,51 +11384,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="EAE43726"/>
+    <w:nsid w:val="67181D19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11532,51 +11532,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="BB5C1B46"/>
+    <w:nsid w:val="5B117EE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11680,51 +11680,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="6C807813"/>
+    <w:nsid w:val="4C46ABBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11828,51 +11828,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="7EA6F7E5"/>
+    <w:nsid w:val="B292E994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11976,51 +11976,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="7EDEB09E"/>
+    <w:nsid w:val="45EB15B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12124,51 +12124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="084FC0CE"/>
+    <w:nsid w:val="4980C153"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12272,51 +12272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="007C83D8"/>
+    <w:nsid w:val="458B0167"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12420,51 +12420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="9D0F3E28"/>
+    <w:nsid w:val="C753838F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12568,51 +12568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="3D05C1F7"/>
+    <w:nsid w:val="3898A684"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12716,51 +12716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="8D9E4157"/>
+    <w:nsid w:val="89CF1B04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12864,51 +12864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="DBD7D00D"/>
+    <w:nsid w:val="C17D2C58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13012,51 +13012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="F5C162E8"/>
+    <w:nsid w:val="A5B66384"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13160,51 +13160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="A0CECB5A"/>
+    <w:nsid w:val="E9AE5F69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13308,51 +13308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="CC89B304"/>
+    <w:nsid w:val="7374B2ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13456,51 +13456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="B8103044"/>
+    <w:nsid w:val="F7BAD714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13604,51 +13604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="2A2B77C6"/>
+    <w:nsid w:val="EFCC31E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13752,51 +13752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="61DF1304"/>
+    <w:nsid w:val="E7080831"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13900,51 +13900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="B1B11268"/>
+    <w:nsid w:val="95FEE0BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14048,51 +14048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="3747902C"/>
+    <w:nsid w:val="2BD39123"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14196,51 +14196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="1B3B0EA4"/>
+    <w:nsid w:val="209DBA3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14344,51 +14344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="2653A499"/>
+    <w:nsid w:val="A00FAE96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14492,51 +14492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="BBFD6FE1"/>
+    <w:nsid w:val="829F0D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14640,51 +14640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="90098A17"/>
+    <w:nsid w:val="DD25173B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14788,51 +14788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="AC501263"/>
+    <w:nsid w:val="10AB28DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14936,51 +14936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="AD8ECF4B"/>
+    <w:nsid w:val="618701E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15084,51 +15084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="4C23E54E"/>
+    <w:nsid w:val="0AB1EBC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15232,51 +15232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="360D0AD3"/>
+    <w:nsid w:val="8AFFA5B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15380,51 +15380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="A55BB953"/>
+    <w:nsid w:val="320AC438"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15528,51 +15528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="B58566DD"/>
+    <w:nsid w:val="637D6A03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15676,51 +15676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="5AE16EDF"/>
+    <w:nsid w:val="186754ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15824,51 +15824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="96DE551A"/>
+    <w:nsid w:val="C1AF5A59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15972,51 +15972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="F19E9AE4"/>
+    <w:nsid w:val="22A1876C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16120,51 +16120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="1CB4CAF0"/>
+    <w:nsid w:val="07109951"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16268,51 +16268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="79BA50F4"/>
+    <w:nsid w:val="1958DD28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16416,51 +16416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="D614FA55"/>
+    <w:nsid w:val="F1144583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16564,51 +16564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="B1B7568F"/>
+    <w:nsid w:val="F439AD59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16712,51 +16712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="0DC4C547"/>
+    <w:nsid w:val="61372E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16860,51 +16860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="7EC4B89E"/>
+    <w:nsid w:val="6DCA90BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17008,51 +17008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="893D3CB3"/>
+    <w:nsid w:val="054AE733"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17156,51 +17156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="79236C42"/>
+    <w:nsid w:val="B30CFE9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17304,51 +17304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="9EDA8F8B"/>
+    <w:nsid w:val="5BDB7CDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17452,51 +17452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="48C36853"/>
+    <w:nsid w:val="E07043FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17600,51 +17600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="74900DCA"/>
+    <w:nsid w:val="A1874599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17748,51 +17748,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="9C4EB1B9"/>
+    <w:nsid w:val="5E103AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17896,51 +17896,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="40C5DBC5"/>
+    <w:nsid w:val="6D21A792"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18044,51 +18044,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="D398AF36"/>
+    <w:nsid w:val="A216AD79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18192,51 +18192,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="CA691C20"/>
+    <w:nsid w:val="A4B3A19C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18340,51 +18340,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="6E1980B6"/>
+    <w:nsid w:val="A4941CC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18488,51 +18488,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="755F96B0"/>
+    <w:nsid w:val="9AA94530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18636,51 +18636,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="25C68682"/>
+    <w:nsid w:val="120B540B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18784,51 +18784,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="1521D2DA"/>
+    <w:nsid w:val="A291B03D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18932,51 +18932,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="3F948559"/>
+    <w:nsid w:val="388515B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19080,51 +19080,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="255CA671"/>
+    <w:nsid w:val="EA990F92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19228,51 +19228,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="81164EA2"/>
+    <w:nsid w:val="9ADDC5F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19376,51 +19376,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="84">
-    <w:nsid w:val="81439FE6"/>
+    <w:nsid w:val="E4E530A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19524,51 +19524,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="85">
-    <w:nsid w:val="3F1DECB2"/>
+    <w:nsid w:val="FA6F405C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19672,51 +19672,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="86">
-    <w:nsid w:val="B15DDC31"/>
+    <w:nsid w:val="3C70D9FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19820,51 +19820,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="87">
-    <w:nsid w:val="D20F9F63"/>
+    <w:nsid w:val="70FD38C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19968,51 +19968,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="88">
-    <w:nsid w:val="43DD09B2"/>
+    <w:nsid w:val="563128E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20116,51 +20116,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="89">
-    <w:nsid w:val="687261E5"/>
+    <w:nsid w:val="E8236569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20264,51 +20264,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="90">
-    <w:nsid w:val="12EB7823"/>
+    <w:nsid w:val="2FAA40BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20412,51 +20412,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="91">
-    <w:nsid w:val="6E14F89D"/>
+    <w:nsid w:val="293470C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20560,51 +20560,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="92">
-    <w:nsid w:val="CF628FD9"/>
+    <w:nsid w:val="26B1AC64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20708,51 +20708,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="93">
-    <w:nsid w:val="317D2B75"/>
+    <w:nsid w:val="B4243242"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20856,51 +20856,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="94">
-    <w:nsid w:val="5C17077C"/>
+    <w:nsid w:val="B79443DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21004,51 +21004,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="95">
-    <w:nsid w:val="6B7CFA07"/>
+    <w:nsid w:val="3458A514"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21152,51 +21152,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="96">
-    <w:nsid w:val="24735FC3"/>
+    <w:nsid w:val="3874AE8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21300,51 +21300,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="97">
-    <w:nsid w:val="35D897AA"/>
+    <w:nsid w:val="A9E69B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21448,51 +21448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="98">
-    <w:nsid w:val="B3DEA849"/>
+    <w:nsid w:val="450FA6EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>