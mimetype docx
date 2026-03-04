--- v1 (2025-12-20)
+++ v2 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 20/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -7655,94 +7655,94 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">15.1. Essai d'efficacité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/01/2022</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Descriptions des essais d'efficacité de traitement et indication de : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="95"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Paramètres physiques et pollution carbonée.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="95"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pollution azotée et phosphorée.Résultats de suivi in situ le cas échéant (interne et/ou tierce partie). Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021).</w:t>
+        <w:t xml:space="preserve">Pollution azotée et phosphorée.Résultats de suivi in situ le cas échéant (interne et/ou tierce partie). Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021).L’âge moyen et le taux d’occupation du panel d’installations suivi ne sont plus à décrire dans le paragraphe du Dossier Technique présentant les résultats des suivis in situ (CR GS 17.1 des 08/07/2025 et 10/12/2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rapports d'essais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -8276,51 +8276,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F7E3E3B7"/>
+    <w:nsid w:val="E2FFC548"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8424,51 +8424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C5696E96"/>
+    <w:nsid w:val="3811213A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8572,51 +8572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B45B65EF"/>
+    <w:nsid w:val="B5F3E036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8720,51 +8720,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1F4D3FC0"/>
+    <w:nsid w:val="659119E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8868,51 +8868,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C0292E56"/>
+    <w:nsid w:val="52E61501"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9016,51 +9016,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="EDAF06C7"/>
+    <w:nsid w:val="B68DA5C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9164,51 +9164,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D47CD3AF"/>
+    <w:nsid w:val="747E2B8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9312,51 +9312,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="3F4ADC86"/>
+    <w:nsid w:val="85994204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9460,51 +9460,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="FE67FAE0"/>
+    <w:nsid w:val="F140995B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9608,51 +9608,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1660A7D7"/>
+    <w:nsid w:val="EBB08301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9756,51 +9756,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="75B9E7A5"/>
+    <w:nsid w:val="5C16688B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9904,51 +9904,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="47DFF139"/>
+    <w:nsid w:val="49B24624"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10052,51 +10052,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="8017DC90"/>
+    <w:nsid w:val="94C28CFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10200,51 +10200,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="67A45E64"/>
+    <w:nsid w:val="1EE9D652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10348,51 +10348,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="43485EC9"/>
+    <w:nsid w:val="ED52D0CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10496,51 +10496,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="5AEB4D0A"/>
+    <w:nsid w:val="B95F6FE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10644,51 +10644,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="8E4D681D"/>
+    <w:nsid w:val="E758A21E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10792,51 +10792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="FD6904A7"/>
+    <w:nsid w:val="D692D74F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10940,51 +10940,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="1AFF268B"/>
+    <w:nsid w:val="E04A103F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11088,51 +11088,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="9BC47D38"/>
+    <w:nsid w:val="F67C05B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11236,51 +11236,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="D6112EEE"/>
+    <w:nsid w:val="5EF25F2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11384,51 +11384,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="67181D19"/>
+    <w:nsid w:val="7F47E942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11532,51 +11532,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="5B117EE8"/>
+    <w:nsid w:val="7F153CBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11680,51 +11680,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="4C46ABBD"/>
+    <w:nsid w:val="79618B91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11828,51 +11828,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="B292E994"/>
+    <w:nsid w:val="9CBB4669"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11976,51 +11976,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="45EB15B9"/>
+    <w:nsid w:val="275720E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12124,51 +12124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="4980C153"/>
+    <w:nsid w:val="9545F1B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12272,51 +12272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="458B0167"/>
+    <w:nsid w:val="FE707DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12420,51 +12420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="C753838F"/>
+    <w:nsid w:val="3C8E2260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12568,51 +12568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="3898A684"/>
+    <w:nsid w:val="A7DD3445"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12716,51 +12716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="89CF1B04"/>
+    <w:nsid w:val="1B0631CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12864,51 +12864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="C17D2C58"/>
+    <w:nsid w:val="B531F392"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13012,51 +13012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="A5B66384"/>
+    <w:nsid w:val="EA15934E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13160,51 +13160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="E9AE5F69"/>
+    <w:nsid w:val="CAA1A873"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13308,51 +13308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="7374B2ED"/>
+    <w:nsid w:val="AC76357D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13456,51 +13456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="F7BAD714"/>
+    <w:nsid w:val="6DEF32E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13604,51 +13604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="EFCC31E6"/>
+    <w:nsid w:val="1BC7D764"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13752,51 +13752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="E7080831"/>
+    <w:nsid w:val="764EA572"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13900,51 +13900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="95FEE0BC"/>
+    <w:nsid w:val="C267B7F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14048,51 +14048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="2BD39123"/>
+    <w:nsid w:val="4C0E8868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14196,51 +14196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="209DBA3B"/>
+    <w:nsid w:val="72CE8136"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14344,51 +14344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="A00FAE96"/>
+    <w:nsid w:val="38722979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14492,51 +14492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="829F0D5A"/>
+    <w:nsid w:val="4C2E2EDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14640,51 +14640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="DD25173B"/>
+    <w:nsid w:val="9AF2C5B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14788,51 +14788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="10AB28DE"/>
+    <w:nsid w:val="B88582F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14936,51 +14936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="618701E8"/>
+    <w:nsid w:val="9B6C5149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15084,51 +15084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="0AB1EBC1"/>
+    <w:nsid w:val="6A9898F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15232,51 +15232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="8AFFA5B9"/>
+    <w:nsid w:val="8E777B66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15380,51 +15380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="320AC438"/>
+    <w:nsid w:val="A4A4E24C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15528,51 +15528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="637D6A03"/>
+    <w:nsid w:val="E48FA369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15676,51 +15676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="186754ED"/>
+    <w:nsid w:val="64D605EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15824,51 +15824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="C1AF5A59"/>
+    <w:nsid w:val="97BCFEE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15972,51 +15972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="22A1876C"/>
+    <w:nsid w:val="BA7D67AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16120,51 +16120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="07109951"/>
+    <w:nsid w:val="3A2AB5EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16268,51 +16268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="1958DD28"/>
+    <w:nsid w:val="7A575815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16416,51 +16416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="F1144583"/>
+    <w:nsid w:val="CA443C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16564,51 +16564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="F439AD59"/>
+    <w:nsid w:val="207F96EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16712,51 +16712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="61372E77"/>
+    <w:nsid w:val="F27B215C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16860,51 +16860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="6DCA90BD"/>
+    <w:nsid w:val="709C01DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17008,51 +17008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="054AE733"/>
+    <w:nsid w:val="5B798DD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17156,51 +17156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="B30CFE9F"/>
+    <w:nsid w:val="22AC14F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17304,51 +17304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="5BDB7CDE"/>
+    <w:nsid w:val="320F63E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17452,51 +17452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="E07043FC"/>
+    <w:nsid w:val="0E88FE53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17600,51 +17600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="A1874599"/>
+    <w:nsid w:val="847C11E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17748,51 +17748,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="5E103AAE"/>
+    <w:nsid w:val="799EB233"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17896,51 +17896,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="6D21A792"/>
+    <w:nsid w:val="E06A0311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18044,51 +18044,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="A216AD79"/>
+    <w:nsid w:val="3012F139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18192,51 +18192,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="A4B3A19C"/>
+    <w:nsid w:val="BBF1E614"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18340,51 +18340,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="A4941CC2"/>
+    <w:nsid w:val="C394141F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18488,51 +18488,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="9AA94530"/>
+    <w:nsid w:val="374F68BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18636,51 +18636,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="120B540B"/>
+    <w:nsid w:val="0C548980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18784,51 +18784,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="A291B03D"/>
+    <w:nsid w:val="513B642C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18932,51 +18932,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="388515B2"/>
+    <w:nsid w:val="47A11146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19080,51 +19080,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="EA990F92"/>
+    <w:nsid w:val="A97E541C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19228,51 +19228,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="9ADDC5F2"/>
+    <w:nsid w:val="A0D22736"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19376,51 +19376,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="84">
-    <w:nsid w:val="E4E530A4"/>
+    <w:nsid w:val="A99183F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19524,51 +19524,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="85">
-    <w:nsid w:val="FA6F405C"/>
+    <w:nsid w:val="BCA3483C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19672,51 +19672,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="86">
-    <w:nsid w:val="3C70D9FE"/>
+    <w:nsid w:val="288DF32C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19820,51 +19820,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="87">
-    <w:nsid w:val="70FD38C2"/>
+    <w:nsid w:val="3CD8C421"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19968,51 +19968,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="88">
-    <w:nsid w:val="563128E3"/>
+    <w:nsid w:val="E41316E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20116,51 +20116,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="89">
-    <w:nsid w:val="E8236569"/>
+    <w:nsid w:val="87244801"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20264,51 +20264,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="90">
-    <w:nsid w:val="2FAA40BC"/>
+    <w:nsid w:val="6989E922"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20412,51 +20412,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="91">
-    <w:nsid w:val="293470C2"/>
+    <w:nsid w:val="3FAB6047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20560,51 +20560,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="92">
-    <w:nsid w:val="26B1AC64"/>
+    <w:nsid w:val="0E7040A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20708,51 +20708,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="93">
-    <w:nsid w:val="B4243242"/>
+    <w:nsid w:val="7AA8CCED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20856,51 +20856,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="94">
-    <w:nsid w:val="B79443DA"/>
+    <w:nsid w:val="385D2183"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21004,51 +21004,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="95">
-    <w:nsid w:val="3458A514"/>
+    <w:nsid w:val="84521F66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21152,51 +21152,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="96">
-    <w:nsid w:val="3874AE8B"/>
+    <w:nsid w:val="719F98A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21300,51 +21300,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="97">
-    <w:nsid w:val="A9E69B9E"/>
+    <w:nsid w:val="604A1881"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21448,51 +21448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="98">
-    <w:nsid w:val="450FA6EF"/>
+    <w:nsid w:val="0A3FE515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>