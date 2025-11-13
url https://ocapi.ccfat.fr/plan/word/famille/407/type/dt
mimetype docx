--- v0 (2025-10-14)
+++ v1 (2025-11-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 14/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 13/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -7227,51 +7227,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="7AA60175"/>
+    <w:nsid w:val="352FE01E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7375,51 +7375,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AB354E80"/>
+    <w:nsid w:val="D0ACDC27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7523,51 +7523,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="62CB433A"/>
+    <w:nsid w:val="AC5C1FF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7671,51 +7671,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="04726ED7"/>
+    <w:nsid w:val="1AD2AC71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7819,51 +7819,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="015FF2D4"/>
+    <w:nsid w:val="2E5B408F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7967,51 +7967,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5081DE0A"/>
+    <w:nsid w:val="0DAA22FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8115,51 +8115,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FF82DB1E"/>
+    <w:nsid w:val="8C75DAD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8263,51 +8263,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F5FBB7D2"/>
+    <w:nsid w:val="12892F91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8411,51 +8411,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="35571BBA"/>
+    <w:nsid w:val="C970C471"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8559,51 +8559,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="0E6FF89C"/>
+    <w:nsid w:val="CFA696F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8707,51 +8707,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B32C0E8A"/>
+    <w:nsid w:val="581388BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8855,51 +8855,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="A44F83B9"/>
+    <w:nsid w:val="1C255E6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9003,51 +9003,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3E00E16A"/>
+    <w:nsid w:val="C7A61815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9151,51 +9151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="83C0CBB1"/>
+    <w:nsid w:val="607EB68B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9299,51 +9299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="7346A2BB"/>
+    <w:nsid w:val="5FF59ED4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9447,51 +9447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F2AF6B90"/>
+    <w:nsid w:val="AA080C42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9595,51 +9595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="561C4D15"/>
+    <w:nsid w:val="134231C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9743,51 +9743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="644C4D16"/>
+    <w:nsid w:val="4D1753F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9891,51 +9891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6A6986CB"/>
+    <w:nsid w:val="B3FD1FA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10039,51 +10039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="00A6E97B"/>
+    <w:nsid w:val="A5694C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10187,51 +10187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="721B3783"/>
+    <w:nsid w:val="10E642B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10335,51 +10335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A50D5882"/>
+    <w:nsid w:val="A82CDA67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10483,51 +10483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="81047CA4"/>
+    <w:nsid w:val="4FB93E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10631,51 +10631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="DF348F98"/>
+    <w:nsid w:val="71A8B032"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10779,51 +10779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="F901F317"/>
+    <w:nsid w:val="065AA78D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10927,51 +10927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="6D5AA12A"/>
+    <w:nsid w:val="BE2B4E94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11075,51 +11075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="7E951C6A"/>
+    <w:nsid w:val="4D18BFF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11223,51 +11223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="5166E538"/>
+    <w:nsid w:val="FA3C5F9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11371,51 +11371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="115A5C69"/>
+    <w:nsid w:val="68822E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11519,51 +11519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="E7CBA5E0"/>
+    <w:nsid w:val="D6C4D64D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11667,51 +11667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="ED5CE99A"/>
+    <w:nsid w:val="1FEB67EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11815,51 +11815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="F8A450F8"/>
+    <w:nsid w:val="3ECA065C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11963,51 +11963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="4423A6C3"/>
+    <w:nsid w:val="23093062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12111,51 +12111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="99254C2C"/>
+    <w:nsid w:val="49E36B6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12259,51 +12259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="F4250F8B"/>
+    <w:nsid w:val="9CF95006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12407,51 +12407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="3FEC4625"/>
+    <w:nsid w:val="C201D945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12555,51 +12555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="1EB90896"/>
+    <w:nsid w:val="D0CE4CA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12703,51 +12703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="E6E98F33"/>
+    <w:nsid w:val="1BAAF6C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12851,51 +12851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="18B15CF7"/>
+    <w:nsid w:val="4B055596"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12999,51 +12999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="F3E2531A"/>
+    <w:nsid w:val="88014A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13147,51 +13147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="0E0E67A1"/>
+    <w:nsid w:val="14AA6F0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13295,51 +13295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="77CA29A9"/>
+    <w:nsid w:val="F3F4BA70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13443,51 +13443,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="3D77A631"/>
+    <w:nsid w:val="C27DC19A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13591,51 +13591,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="CBFEF44B"/>
+    <w:nsid w:val="8F726A93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13739,51 +13739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="1739C7EC"/>
+    <w:nsid w:val="B8E44CE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13887,51 +13887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="5A82FCA8"/>
+    <w:nsid w:val="70552459"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14035,51 +14035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="1CB97D32"/>
+    <w:nsid w:val="1198EDA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14183,51 +14183,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="6783911F"/>
+    <w:nsid w:val="B7E44E4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14331,51 +14331,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="74422576"/>
+    <w:nsid w:val="2697399C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14479,51 +14479,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="104C8B75"/>
+    <w:nsid w:val="7262DDAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14627,51 +14627,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="45D8D2CE"/>
+    <w:nsid w:val="3BFC8E6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14775,51 +14775,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="6CFBA4C1"/>
+    <w:nsid w:val="EFA8D611"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14923,51 +14923,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="AFDF1F3B"/>
+    <w:nsid w:val="BB2CBD08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15071,51 +15071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="D16F9554"/>
+    <w:nsid w:val="1AB35D4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15219,51 +15219,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="485CEB9C"/>
+    <w:nsid w:val="C6D92D0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15367,51 +15367,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="B5156423"/>
+    <w:nsid w:val="0ECED4AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15515,51 +15515,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="CAA63376"/>
+    <w:nsid w:val="632B050B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15663,51 +15663,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="F682D393"/>
+    <w:nsid w:val="6231641C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15811,51 +15811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="802E20BC"/>
+    <w:nsid w:val="9B735A6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15959,51 +15959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="9CFB7904"/>
+    <w:nsid w:val="925BB7AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16107,51 +16107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="70557711"/>
+    <w:nsid w:val="6FBFAE6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16255,51 +16255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="5965E138"/>
+    <w:nsid w:val="693410FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16403,51 +16403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="79B2AF64"/>
+    <w:nsid w:val="673DB0E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16551,51 +16551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="CA9DE7E4"/>
+    <w:nsid w:val="1A29D2A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16699,51 +16699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="EBE6F9F7"/>
+    <w:nsid w:val="33D643D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16847,51 +16847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="3B12B106"/>
+    <w:nsid w:val="9E8B30F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16995,51 +16995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="E0292594"/>
+    <w:nsid w:val="8116E65F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17143,51 +17143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="54531EBD"/>
+    <w:nsid w:val="5865DD05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17291,51 +17291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="AEF8CD41"/>
+    <w:nsid w:val="A6151587"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17439,51 +17439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="A5AD4794"/>
+    <w:nsid w:val="2409BD3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17587,51 +17587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="0BF5B434"/>
+    <w:nsid w:val="E7859F91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17735,51 +17735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="1873F391"/>
+    <w:nsid w:val="F6DB5E14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17883,51 +17883,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="5FD20682"/>
+    <w:nsid w:val="0CB5F7E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18031,51 +18031,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="B0FF39CB"/>
+    <w:nsid w:val="CCBEFB61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18179,51 +18179,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="A7732419"/>
+    <w:nsid w:val="38FBE51B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>