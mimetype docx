--- v1 (2025-11-13)
+++ v2 (2026-01-12)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 13/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 12/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -7227,51 +7227,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="352FE01E"/>
+    <w:nsid w:val="7752AD54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7375,51 +7375,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D0ACDC27"/>
+    <w:nsid w:val="AB09F28F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7523,51 +7523,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="AC5C1FF6"/>
+    <w:nsid w:val="8166C153"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7671,51 +7671,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1AD2AC71"/>
+    <w:nsid w:val="18BE913F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7819,51 +7819,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2E5B408F"/>
+    <w:nsid w:val="D434C86F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7967,51 +7967,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="0DAA22FF"/>
+    <w:nsid w:val="C3C0C02C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8115,51 +8115,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="8C75DAD2"/>
+    <w:nsid w:val="F1B612B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8263,51 +8263,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="12892F91"/>
+    <w:nsid w:val="74225191"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8411,51 +8411,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C970C471"/>
+    <w:nsid w:val="2069CBC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8559,51 +8559,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="CFA696F1"/>
+    <w:nsid w:val="CE6E31C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8707,51 +8707,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="581388BC"/>
+    <w:nsid w:val="D2217946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8855,51 +8855,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1C255E6D"/>
+    <w:nsid w:val="3ACD9A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9003,51 +9003,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="C7A61815"/>
+    <w:nsid w:val="7A46494A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9151,51 +9151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="607EB68B"/>
+    <w:nsid w:val="0C8CBFB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9299,51 +9299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="5FF59ED4"/>
+    <w:nsid w:val="09E2B69B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9447,51 +9447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="AA080C42"/>
+    <w:nsid w:val="458C9501"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9595,51 +9595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="134231C5"/>
+    <w:nsid w:val="5E478330"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9743,51 +9743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="4D1753F0"/>
+    <w:nsid w:val="6577011B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9891,51 +9891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="B3FD1FA7"/>
+    <w:nsid w:val="04150A6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10039,51 +10039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A5694C5E"/>
+    <w:nsid w:val="2A9202B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10187,51 +10187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="10E642B5"/>
+    <w:nsid w:val="AE467183"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10335,51 +10335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A82CDA67"/>
+    <w:nsid w:val="2AFFDC90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10483,51 +10483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="4FB93E3C"/>
+    <w:nsid w:val="B7A7748C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10631,51 +10631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="71A8B032"/>
+    <w:nsid w:val="FCD9F31B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10779,51 +10779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="065AA78D"/>
+    <w:nsid w:val="D1930823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10927,51 +10927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="BE2B4E94"/>
+    <w:nsid w:val="0E149E54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11075,51 +11075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="4D18BFF8"/>
+    <w:nsid w:val="BA87A798"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11223,51 +11223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="FA3C5F9B"/>
+    <w:nsid w:val="F91579BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11371,51 +11371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="68822E5E"/>
+    <w:nsid w:val="BF717B02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11519,51 +11519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="D6C4D64D"/>
+    <w:nsid w:val="20C6AC68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11667,51 +11667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="1FEB67EB"/>
+    <w:nsid w:val="D282854A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11815,51 +11815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="3ECA065C"/>
+    <w:nsid w:val="9D7D71AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11963,51 +11963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="23093062"/>
+    <w:nsid w:val="275DBACD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12111,51 +12111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="49E36B6C"/>
+    <w:nsid w:val="D730ED96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12259,51 +12259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="9CF95006"/>
+    <w:nsid w:val="58CF3F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12407,51 +12407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="C201D945"/>
+    <w:nsid w:val="34312E7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12555,51 +12555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="D0CE4CA4"/>
+    <w:nsid w:val="40FCCE11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12703,51 +12703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="1BAAF6C9"/>
+    <w:nsid w:val="75CD6809"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12851,51 +12851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="4B055596"/>
+    <w:nsid w:val="FBEE8007"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12999,51 +12999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="88014A5F"/>
+    <w:nsid w:val="3D2B3C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13147,51 +13147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="14AA6F0A"/>
+    <w:nsid w:val="FFBCA6BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13295,51 +13295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="F3F4BA70"/>
+    <w:nsid w:val="812BFA16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13443,51 +13443,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="C27DC19A"/>
+    <w:nsid w:val="1871AA73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13591,51 +13591,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="8F726A93"/>
+    <w:nsid w:val="73B8E591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13739,51 +13739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="B8E44CE8"/>
+    <w:nsid w:val="71D7E875"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13887,51 +13887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="70552459"/>
+    <w:nsid w:val="E2F78E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14035,51 +14035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="1198EDA8"/>
+    <w:nsid w:val="4261E5DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14183,51 +14183,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="B7E44E4F"/>
+    <w:nsid w:val="159D488A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14331,51 +14331,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="2697399C"/>
+    <w:nsid w:val="0FE5882A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14479,51 +14479,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="7262DDAE"/>
+    <w:nsid w:val="53623350"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14627,51 +14627,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="3BFC8E6B"/>
+    <w:nsid w:val="482AABE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14775,51 +14775,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="EFA8D611"/>
+    <w:nsid w:val="2010F75C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14923,51 +14923,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="BB2CBD08"/>
+    <w:nsid w:val="4FC1A3C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15071,51 +15071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="1AB35D4F"/>
+    <w:nsid w:val="E7E17462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15219,51 +15219,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="C6D92D0C"/>
+    <w:nsid w:val="017A6B6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15367,51 +15367,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="0ECED4AB"/>
+    <w:nsid w:val="C50AF245"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15515,51 +15515,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="632B050B"/>
+    <w:nsid w:val="CE7AFCFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15663,51 +15663,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="6231641C"/>
+    <w:nsid w:val="53E01FCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15811,51 +15811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="9B735A6B"/>
+    <w:nsid w:val="BD4E75F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15959,51 +15959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="925BB7AC"/>
+    <w:nsid w:val="7A260454"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16107,51 +16107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="6FBFAE6E"/>
+    <w:nsid w:val="89A9FDA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16255,51 +16255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="693410FD"/>
+    <w:nsid w:val="075C9BFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16403,51 +16403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="673DB0E8"/>
+    <w:nsid w:val="976F2CA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16551,51 +16551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="1A29D2A8"/>
+    <w:nsid w:val="F6CC40CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16699,51 +16699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="33D643D2"/>
+    <w:nsid w:val="B135EABE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16847,51 +16847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="9E8B30F8"/>
+    <w:nsid w:val="0A228EC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16995,51 +16995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="8116E65F"/>
+    <w:nsid w:val="DCAFE0AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17143,51 +17143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="5865DD05"/>
+    <w:nsid w:val="2700BE3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17291,51 +17291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="A6151587"/>
+    <w:nsid w:val="47227E03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17439,51 +17439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="2409BD3F"/>
+    <w:nsid w:val="0F2F634D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17587,51 +17587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="E7859F91"/>
+    <w:nsid w:val="9EC16294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17735,51 +17735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="F6DB5E14"/>
+    <w:nsid w:val="42F66566"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17883,51 +17883,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="0CB5F7E3"/>
+    <w:nsid w:val="6CB7491F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18031,51 +18031,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="CCBEFB61"/>
+    <w:nsid w:val="AB58F578"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18179,51 +18179,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="38FBE51B"/>
+    <w:nsid w:val="72DBFC55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>