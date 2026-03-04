--- v2 (2026-01-12)
+++ v3 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 12/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -6766,51 +6766,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Année 1 + i, avec i ≥1, de l’ATec/DTA : 1 suivi in situ et 1 suivi d'usine</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">14.4.2. Contrôles in situ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 07/12/2023</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/05/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Définir les points de contrôles et les conditions de prélèvement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Si revendication de traitement des germes microbiens, définir les germes concernés.</w:t>
       </w:r>
@@ -6878,141 +6878,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="82"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le suivi in situ des filtres compacts doit intégrer la vérification de l’écoulement des effluents prétraités sur l’ensemble de la surface du média (CR GS 17.1 du 08/12/2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="82"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Dans le cadre du suivi in situ d’un ATec/DTA avec plusieurs médias filtrants (conception équivalente), le nombre annuel de sites à suivre est le suivant : 10 installations par an et par type de média sur les 5 premières années, puis 5 installations par an et par type de média à partir de la sixième année (CR GS 17.1 du 13/05/2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="82"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Précision sur la liste d'installations à fournir par le Titulaire pour le suivi in situ (CR du GS 17.1 du 07/12/2023) :Nombre minimum d’installations = 60 ;Taux d’occupation = 40 % minimum par installation. Un taux moyen de 50% (sur le total des installations suivies) est visé ;Résidences secondaires = pas d’exclusion des résidences secondaires, en visant les périodes d’occupation des lieux telles que les vacances scolaires.En cas de difficultés supplémentaires à instrumenter des sites du côté du laboratoire (p.ex. nombreux refus de particuliers), il sera possible de contacter un tiers pour élargir le nombre d’installations (p.ex. SPANC) par rapport à celui figurant initialement sur la liste transmise par le Titulaire. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="82"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Précision sur la présentation des résultats d'un suivi in situ en séance du GS 17.1 (CR du GS 17.1 du 07/12/2023) :Les paramètres statistiques - moyenne, médiane, centile 80% et nombre de dépassements des seuils de 30 mg/L (concentration en MES) et de 35 mgO2/L (concentration en DBO5) - sont présentés lors d’un examen d’un suivi in situ.</w:t>
+        <w:t xml:space="preserve">Précision sur la présentation des résultats d'un suivi in situ en séance du GS 17.1CR du GS 17.1 du 07/12/2023 : Les paramètres statistiques - moyenne, médiane, centile 80% et nombre de dépassements des seuils de 30 mg/L (concentration en MES) et de 35 mgO2/L (concentration en DBO5) - sont présentés lors d’un examen d’un suivi in situ.CR du GS 17.1 du 11/12/2024 : La possibilité d’avoir pu vérifier l’existence d’un contrat d’entretien en cours de validité pour le laboratoire réalisant le suivi in situ est àrenseigner (oui/non) dans le tableau des résultats présentés au Groupe Spécialisé.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">15.1. Essai d'efficacité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/01/2022</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Descriptions des essais d'efficacité de traitement et indication de : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="83"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Paramètres physiques et pollution carbonée </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="83"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pollution azotée et phosphorée</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Résultats de suivi in situ le cas échéant (interne et/ou tierce partie).Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021)</w:t>
+        <w:t xml:space="preserve">Résultats de suivi in situ le cas échéant (interne et/ou tierce partie).Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021)L’âge moyen et le taux d’occupation du panel d’installations suivi ne sont plus à décrire dans le paragraphe du Dossier Technique présentant les résultats des suivis in situ (CR GS 17.1 des 8/07/2025 et 10/12/2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rapports d'essais</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7227,51 +7240,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="7752AD54"/>
+    <w:nsid w:val="19263564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7375,51 +7388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AB09F28F"/>
+    <w:nsid w:val="238EEF79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7523,51 +7536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8166C153"/>
+    <w:nsid w:val="923FCB95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7671,51 +7684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="18BE913F"/>
+    <w:nsid w:val="E436DBF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7819,51 +7832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D434C86F"/>
+    <w:nsid w:val="A93264CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7967,51 +7980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C3C0C02C"/>
+    <w:nsid w:val="E1C72279"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8115,51 +8128,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F1B612B9"/>
+    <w:nsid w:val="D1E98599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8263,51 +8276,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="74225191"/>
+    <w:nsid w:val="14112557"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8411,51 +8424,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2069CBC6"/>
+    <w:nsid w:val="2746D69D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8559,51 +8572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="CE6E31C1"/>
+    <w:nsid w:val="932D7ABD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8707,51 +8720,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="D2217946"/>
+    <w:nsid w:val="AE15702A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8855,51 +8868,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3ACD9A92"/>
+    <w:nsid w:val="76E1C3C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9003,51 +9016,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7A46494A"/>
+    <w:nsid w:val="7E796951"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9151,51 +9164,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0C8CBFB7"/>
+    <w:nsid w:val="B069F2A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9299,51 +9312,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="09E2B69B"/>
+    <w:nsid w:val="99A1E5E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9447,51 +9460,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="458C9501"/>
+    <w:nsid w:val="BE854CA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9595,51 +9608,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="5E478330"/>
+    <w:nsid w:val="38DF50ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9743,51 +9756,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="6577011B"/>
+    <w:nsid w:val="E58C86F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9891,51 +9904,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="04150A6F"/>
+    <w:nsid w:val="ABBFADB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10039,51 +10052,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="2A9202B9"/>
+    <w:nsid w:val="5BD768B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10187,51 +10200,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AE467183"/>
+    <w:nsid w:val="19405AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10335,51 +10348,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="2AFFDC90"/>
+    <w:nsid w:val="95222EC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10483,51 +10496,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="B7A7748C"/>
+    <w:nsid w:val="DEAA0DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10631,51 +10644,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="FCD9F31B"/>
+    <w:nsid w:val="990D1A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10779,51 +10792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="D1930823"/>
+    <w:nsid w:val="CE9F3587"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10927,51 +10940,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="0E149E54"/>
+    <w:nsid w:val="35A247D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11075,51 +11088,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="BA87A798"/>
+    <w:nsid w:val="C8486E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11223,51 +11236,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="F91579BF"/>
+    <w:nsid w:val="601F7F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11371,51 +11384,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="BF717B02"/>
+    <w:nsid w:val="726B2B99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11519,51 +11532,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="20C6AC68"/>
+    <w:nsid w:val="AAA209AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11667,51 +11680,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="D282854A"/>
+    <w:nsid w:val="B3E91632"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11815,51 +11828,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="9D7D71AD"/>
+    <w:nsid w:val="4F4CD319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11963,51 +11976,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="275DBACD"/>
+    <w:nsid w:val="F5D95F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12111,51 +12124,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="D730ED96"/>
+    <w:nsid w:val="F491ADAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12259,51 +12272,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="58CF3F74"/>
+    <w:nsid w:val="1212D287"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12407,51 +12420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="34312E7B"/>
+    <w:nsid w:val="4AA0A233"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12555,51 +12568,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="40FCCE11"/>
+    <w:nsid w:val="29D41C75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12703,51 +12716,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="75CD6809"/>
+    <w:nsid w:val="15DBD159"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12851,51 +12864,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="FBEE8007"/>
+    <w:nsid w:val="B94238E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12999,51 +13012,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="3D2B3C10"/>
+    <w:nsid w:val="F4ABFA99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13147,51 +13160,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="FFBCA6BC"/>
+    <w:nsid w:val="2CCF1C7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13295,51 +13308,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="812BFA16"/>
+    <w:nsid w:val="A79921CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13443,51 +13456,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="1871AA73"/>
+    <w:nsid w:val="97A44C09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13591,51 +13604,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="73B8E591"/>
+    <w:nsid w:val="FF2077C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13739,51 +13752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="71D7E875"/>
+    <w:nsid w:val="FC31BCF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13887,51 +13900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="E2F78E46"/>
+    <w:nsid w:val="F3CCA0E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14035,51 +14048,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="4261E5DF"/>
+    <w:nsid w:val="3DB9C815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14183,51 +14196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="159D488A"/>
+    <w:nsid w:val="920C4FB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14331,51 +14344,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="0FE5882A"/>
+    <w:nsid w:val="0DD9E54E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14479,51 +14492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="53623350"/>
+    <w:nsid w:val="E285E5AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14627,51 +14640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="482AABE2"/>
+    <w:nsid w:val="CD4ED3EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14775,51 +14788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="2010F75C"/>
+    <w:nsid w:val="CA7C4D30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14923,51 +14936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="4FC1A3C8"/>
+    <w:nsid w:val="42B13C6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15071,51 +15084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="E7E17462"/>
+    <w:nsid w:val="B37E95C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15219,51 +15232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="017A6B6F"/>
+    <w:nsid w:val="1E6DBA81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15367,51 +15380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="C50AF245"/>
+    <w:nsid w:val="95F7A8C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15515,51 +15528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="CE7AFCFB"/>
+    <w:nsid w:val="9E03E070"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15663,51 +15676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="53E01FCB"/>
+    <w:nsid w:val="088675F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15811,51 +15824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="BD4E75F8"/>
+    <w:nsid w:val="3B6408AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15959,51 +15972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="7A260454"/>
+    <w:nsid w:val="77093376"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16107,51 +16120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="89A9FDA9"/>
+    <w:nsid w:val="C3F7C297"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16255,51 +16268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="075C9BFA"/>
+    <w:nsid w:val="A78BACA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16403,51 +16416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="976F2CA4"/>
+    <w:nsid w:val="357D41C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16551,51 +16564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="F6CC40CE"/>
+    <w:nsid w:val="E1FA7E5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16699,51 +16712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="B135EABE"/>
+    <w:nsid w:val="258CE407"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16847,51 +16860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="0A228EC5"/>
+    <w:nsid w:val="2356D537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16995,51 +17008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="DCAFE0AF"/>
+    <w:nsid w:val="810184CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17143,51 +17156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="2700BE3E"/>
+    <w:nsid w:val="ED15A0A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17291,51 +17304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="47227E03"/>
+    <w:nsid w:val="0410463F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17439,51 +17452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="0F2F634D"/>
+    <w:nsid w:val="EB6A0956"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17587,51 +17600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="9EC16294"/>
+    <w:nsid w:val="7149DB8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17735,51 +17748,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="42F66566"/>
+    <w:nsid w:val="477126C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17883,51 +17896,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="6CB7491F"/>
+    <w:nsid w:val="AA54F21B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18031,51 +18044,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="AB58F578"/>
+    <w:nsid w:val="74F0F7AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18179,51 +18192,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="72DBFC55"/>
+    <w:nsid w:val="3D1FF547"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>