--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 02/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -9478,51 +9478,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8D98F869"/>
+    <w:nsid w:val="704BBC7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9626,51 +9626,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E6B7A89"/>
+    <w:nsid w:val="24987D7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9774,51 +9774,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D503AD90"/>
+    <w:nsid w:val="09549D7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9922,51 +9922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="9EFF99B2"/>
+    <w:nsid w:val="A08044C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10070,51 +10070,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F4EA3486"/>
+    <w:nsid w:val="322BA4AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10218,51 +10218,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D46E5297"/>
+    <w:nsid w:val="1AF5A03E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10366,51 +10366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="10900B79"/>
+    <w:nsid w:val="035B8C5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10514,51 +10514,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="AF99592F"/>
+    <w:nsid w:val="51E97E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10662,51 +10662,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="004C2EE2"/>
+    <w:nsid w:val="73373992"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10810,51 +10810,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7E6D581E"/>
+    <w:nsid w:val="D517B7A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10958,51 +10958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="A9CDA619"/>
+    <w:nsid w:val="AEA075CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11106,51 +11106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="5AD1FD86"/>
+    <w:nsid w:val="C1AA14CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11254,51 +11254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="94A82F13"/>
+    <w:nsid w:val="DE92C8B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11402,51 +11402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="DDB93B9C"/>
+    <w:nsid w:val="6EA5766A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11550,51 +11550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="DAC92CFB"/>
+    <w:nsid w:val="748D3635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11698,51 +11698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="FB284CC1"/>
+    <w:nsid w:val="AADB1C9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11846,51 +11846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="3ECC86A5"/>
+    <w:nsid w:val="FA5856A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11994,51 +11994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="A0BE9E43"/>
+    <w:nsid w:val="82A45449"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12142,51 +12142,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E5E74EC0"/>
+    <w:nsid w:val="07CFDBA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12290,51 +12290,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A502DD7D"/>
+    <w:nsid w:val="C558075A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12438,51 +12438,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="E5C7E021"/>
+    <w:nsid w:val="0371399B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12586,51 +12586,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="2BEBF47C"/>
+    <w:nsid w:val="8C96CEF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12734,51 +12734,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="ED551851"/>
+    <w:nsid w:val="3DCB0EFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12882,51 +12882,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="BECC4EDD"/>
+    <w:nsid w:val="19EDF083"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13030,51 +13030,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="56C25309"/>
+    <w:nsid w:val="58E0C21D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13178,51 +13178,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="D6BC36A2"/>
+    <w:nsid w:val="D189E74E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13326,51 +13326,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="9FAE5292"/>
+    <w:nsid w:val="A1976345"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13474,51 +13474,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="A502E496"/>
+    <w:nsid w:val="3AB9A28B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13622,51 +13622,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="CCDDB216"/>
+    <w:nsid w:val="5A0C3632"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13770,51 +13770,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="248F6494"/>
+    <w:nsid w:val="342B9EDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13918,51 +13918,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="7779F8A2"/>
+    <w:nsid w:val="C29041C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14066,51 +14066,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="B74A38E1"/>
+    <w:nsid w:val="E8B7E184"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14214,51 +14214,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="50D0C84A"/>
+    <w:nsid w:val="C4442F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14362,51 +14362,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="EC1BC6BD"/>
+    <w:nsid w:val="E54B6BA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14510,51 +14510,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="234A311B"/>
+    <w:nsid w:val="43C0FE0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14658,51 +14658,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="53E8763F"/>
+    <w:nsid w:val="2640FFD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14806,51 +14806,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="BBAB14DC"/>
+    <w:nsid w:val="6B1A57FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14954,51 +14954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="7AAC1277"/>
+    <w:nsid w:val="249D713C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15102,51 +15102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="F66C13D9"/>
+    <w:nsid w:val="6D246465"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15250,51 +15250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="76A4F8CE"/>
+    <w:nsid w:val="CF9BCEE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15398,51 +15398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="E22918C2"/>
+    <w:nsid w:val="455FDAB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15546,51 +15546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="145D90A3"/>
+    <w:nsid w:val="22123FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15694,51 +15694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="A9EEB1CF"/>
+    <w:nsid w:val="AA2E2E30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15842,51 +15842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="DA3652D0"/>
+    <w:nsid w:val="8142E5FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15990,51 +15990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="8BAB5D0A"/>
+    <w:nsid w:val="C96055A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16138,51 +16138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="4F6C0D73"/>
+    <w:nsid w:val="5148E54B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16286,51 +16286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="D1DE5260"/>
+    <w:nsid w:val="46E2873D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16434,51 +16434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="598F4245"/>
+    <w:nsid w:val="8D5B070E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16582,51 +16582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="017B6774"/>
+    <w:nsid w:val="69970F68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16730,51 +16730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="953536AE"/>
+    <w:nsid w:val="9FAA69ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16878,51 +16878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="98AA39BE"/>
+    <w:nsid w:val="26B2E911"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17026,51 +17026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="D33ABD0B"/>
+    <w:nsid w:val="886E7C13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17174,51 +17174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="B3A3A89B"/>
+    <w:nsid w:val="092DCD74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17322,51 +17322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="7E212B7D"/>
+    <w:nsid w:val="C6616789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17470,51 +17470,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="F86421AC"/>
+    <w:nsid w:val="B1699A8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17618,51 +17618,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="E5107FBE"/>
+    <w:nsid w:val="125BED39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17766,51 +17766,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="77D5E82F"/>
+    <w:nsid w:val="DA238686"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17914,51 +17914,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="B6EBFBDA"/>
+    <w:nsid w:val="3CBBD09B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18062,51 +18062,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="D318A909"/>
+    <w:nsid w:val="F361ACC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18210,51 +18210,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="BD9EB950"/>
+    <w:nsid w:val="A8FC39EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18358,51 +18358,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="2E7CC1F3"/>
+    <w:nsid w:val="C5FD596C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18506,51 +18506,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="D0568BAF"/>
+    <w:nsid w:val="A8453E89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18654,51 +18654,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="17358EF3"/>
+    <w:nsid w:val="CCD5D26E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18802,51 +18802,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="0EF160E7"/>
+    <w:nsid w:val="C2AB55A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18950,51 +18950,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="1F066AB7"/>
+    <w:nsid w:val="71D8081E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19098,51 +19098,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="B7C6A02B"/>
+    <w:nsid w:val="1552A0FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19246,51 +19246,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="731806C7"/>
+    <w:nsid w:val="4B5264E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19394,51 +19394,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="94D9EE1B"/>
+    <w:nsid w:val="6F750F8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19542,51 +19542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="80C5176B"/>
+    <w:nsid w:val="8155BECC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19690,51 +19690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="9352C7DE"/>
+    <w:nsid w:val="DDDE091D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19838,51 +19838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="2D1CB637"/>
+    <w:nsid w:val="6E382CA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19986,51 +19986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="C178395A"/>
+    <w:nsid w:val="719877E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20134,51 +20134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="2E4DC45B"/>
+    <w:nsid w:val="79064B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20282,51 +20282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="15218F43"/>
+    <w:nsid w:val="1A648A80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20430,51 +20430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="4B5B996F"/>
+    <w:nsid w:val="2A673935"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20578,51 +20578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="84">
-    <w:nsid w:val="6E0BB989"/>
+    <w:nsid w:val="0AA276ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20726,51 +20726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="85">
-    <w:nsid w:val="DC8C2359"/>
+    <w:nsid w:val="AB48FEAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20874,51 +20874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="86">
-    <w:nsid w:val="F8B89E1E"/>
+    <w:nsid w:val="88748E92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21022,51 +21022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="87">
-    <w:nsid w:val="DB316293"/>
+    <w:nsid w:val="DD28B9A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21170,51 +21170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="88">
-    <w:nsid w:val="73BCFE24"/>
+    <w:nsid w:val="906855D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21318,51 +21318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="89">
-    <w:nsid w:val="78C2A9B5"/>
+    <w:nsid w:val="AD6E99C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21466,51 +21466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="90">
-    <w:nsid w:val="D4B0A631"/>
+    <w:nsid w:val="F1E823F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21614,51 +21614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="91">
-    <w:nsid w:val="5F19EA47"/>
+    <w:nsid w:val="C9EC6226"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21762,51 +21762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="92">
-    <w:nsid w:val="FC08F10E"/>
+    <w:nsid w:val="246DD670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21910,51 +21910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="93">
-    <w:nsid w:val="D61C0A89"/>
+    <w:nsid w:val="40A38423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22058,51 +22058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="94">
-    <w:nsid w:val="D7FD97AD"/>
+    <w:nsid w:val="9E2C3E88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22206,51 +22206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="95">
-    <w:nsid w:val="415DFB2F"/>
+    <w:nsid w:val="8A37B221"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22354,51 +22354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="96">
-    <w:nsid w:val="900DCB81"/>
+    <w:nsid w:val="185F6491"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22502,51 +22502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="97">
-    <w:nsid w:val="3E94D862"/>
+    <w:nsid w:val="E5DC840F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22650,51 +22650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="98">
-    <w:nsid w:val="9746CEEC"/>
+    <w:nsid w:val="6C022644"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22798,51 +22798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="99">
-    <w:nsid w:val="43E73792"/>
+    <w:nsid w:val="3C405EFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22946,51 +22946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="100">
-    <w:nsid w:val="DB28D063"/>
+    <w:nsid w:val="3636F6F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23094,51 +23094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="101">
-    <w:nsid w:val="16E490F7"/>
+    <w:nsid w:val="E3434BBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23242,51 +23242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="102">
-    <w:nsid w:val="3DD12CBA"/>
+    <w:nsid w:val="D937D622"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23390,51 +23390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="103">
-    <w:nsid w:val="3760DD35"/>
+    <w:nsid w:val="97572C50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23538,51 +23538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="104">
-    <w:nsid w:val="965C082E"/>
+    <w:nsid w:val="E87A93F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23686,51 +23686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="105">
-    <w:nsid w:val="FAC289F4"/>
+    <w:nsid w:val="930276E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23834,51 +23834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="106">
-    <w:nsid w:val="80B75981"/>
+    <w:nsid w:val="01F188BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23982,51 +23982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="107">
-    <w:nsid w:val="DF2027F8"/>
+    <w:nsid w:val="43C12E08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24130,51 +24130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="108">
-    <w:nsid w:val="128A7947"/>
+    <w:nsid w:val="36A3F39F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>