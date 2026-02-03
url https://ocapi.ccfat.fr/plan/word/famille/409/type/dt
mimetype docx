--- v1 (2025-12-02)
+++ v2 (2026-02-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 02/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 03/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -9478,51 +9478,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="704BBC7C"/>
+    <w:nsid w:val="CDE8D785"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9626,51 +9626,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="24987D7D"/>
+    <w:nsid w:val="AFED0D37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9774,51 +9774,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="09549D7D"/>
+    <w:nsid w:val="A48BBEA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9922,51 +9922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="A08044C1"/>
+    <w:nsid w:val="E8A2A31B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10070,51 +10070,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="322BA4AA"/>
+    <w:nsid w:val="A560BD10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10218,51 +10218,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="1AF5A03E"/>
+    <w:nsid w:val="AB190E44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10366,51 +10366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="035B8C5D"/>
+    <w:nsid w:val="4C37E6DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10514,51 +10514,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="51E97E49"/>
+    <w:nsid w:val="433B4F67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10662,51 +10662,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="73373992"/>
+    <w:nsid w:val="E77497A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10810,51 +10810,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D517B7A7"/>
+    <w:nsid w:val="D5A37863"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10958,51 +10958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="AEA075CC"/>
+    <w:nsid w:val="0D44C232"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11106,51 +11106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="C1AA14CF"/>
+    <w:nsid w:val="921B561A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11254,51 +11254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="DE92C8B5"/>
+    <w:nsid w:val="5FF28613"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11402,51 +11402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="6EA5766A"/>
+    <w:nsid w:val="429D96B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11550,51 +11550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="748D3635"/>
+    <w:nsid w:val="352D95D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11698,51 +11698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="AADB1C9D"/>
+    <w:nsid w:val="A5915044"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11846,51 +11846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="FA5856A7"/>
+    <w:nsid w:val="DD5403A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11994,51 +11994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="82A45449"/>
+    <w:nsid w:val="D72B198B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12142,51 +12142,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="07CFDBA5"/>
+    <w:nsid w:val="66E7D3DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12290,51 +12290,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="C558075A"/>
+    <w:nsid w:val="4E5606BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12438,51 +12438,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="0371399B"/>
+    <w:nsid w:val="3A5165FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12586,51 +12586,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="8C96CEF1"/>
+    <w:nsid w:val="8AEC6E3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12734,51 +12734,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="3DCB0EFD"/>
+    <w:nsid w:val="75854B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12882,51 +12882,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="19EDF083"/>
+    <w:nsid w:val="A11A6E2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13030,51 +13030,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="58E0C21D"/>
+    <w:nsid w:val="24212610"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13178,51 +13178,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="D189E74E"/>
+    <w:nsid w:val="4CAA5A89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13326,51 +13326,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="A1976345"/>
+    <w:nsid w:val="061617A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13474,51 +13474,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="3AB9A28B"/>
+    <w:nsid w:val="7D00B779"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13622,51 +13622,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="5A0C3632"/>
+    <w:nsid w:val="C026C887"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13770,51 +13770,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="342B9EDC"/>
+    <w:nsid w:val="352ECDD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13918,51 +13918,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="C29041C8"/>
+    <w:nsid w:val="1D391780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14066,51 +14066,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="E8B7E184"/>
+    <w:nsid w:val="233EAE0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14214,51 +14214,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="C4442F1D"/>
+    <w:nsid w:val="0A7B5431"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14362,51 +14362,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="E54B6BA2"/>
+    <w:nsid w:val="4BF02AC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14510,51 +14510,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="43C0FE0C"/>
+    <w:nsid w:val="BFDEDA7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14658,51 +14658,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="2640FFD1"/>
+    <w:nsid w:val="6BA6F55D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14806,51 +14806,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="6B1A57FB"/>
+    <w:nsid w:val="097AA1A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14954,51 +14954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="249D713C"/>
+    <w:nsid w:val="DF476D01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15102,51 +15102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="6D246465"/>
+    <w:nsid w:val="71A9688F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15250,51 +15250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="CF9BCEE8"/>
+    <w:nsid w:val="CF02CEDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15398,51 +15398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="455FDAB8"/>
+    <w:nsid w:val="B3610548"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15546,51 +15546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="22123FD6"/>
+    <w:nsid w:val="9C847A56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15694,51 +15694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="AA2E2E30"/>
+    <w:nsid w:val="C40A95F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15842,51 +15842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="8142E5FC"/>
+    <w:nsid w:val="FE48B94F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15990,51 +15990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="C96055A4"/>
+    <w:nsid w:val="D5896779"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16138,51 +16138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="5148E54B"/>
+    <w:nsid w:val="16F1786C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16286,51 +16286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="46E2873D"/>
+    <w:nsid w:val="B7604955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16434,51 +16434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="8D5B070E"/>
+    <w:nsid w:val="3B20C03C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16582,51 +16582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="69970F68"/>
+    <w:nsid w:val="E73508DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16730,51 +16730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="9FAA69ED"/>
+    <w:nsid w:val="07AB40AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16878,51 +16878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="26B2E911"/>
+    <w:nsid w:val="89CE6240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17026,51 +17026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="886E7C13"/>
+    <w:nsid w:val="986F10F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17174,51 +17174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="092DCD74"/>
+    <w:nsid w:val="E7506301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17322,51 +17322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="C6616789"/>
+    <w:nsid w:val="464E3D4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17470,51 +17470,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="B1699A8C"/>
+    <w:nsid w:val="D2CA1643"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17618,51 +17618,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="125BED39"/>
+    <w:nsid w:val="D4E89DCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17766,51 +17766,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="DA238686"/>
+    <w:nsid w:val="F4CA28A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17914,51 +17914,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="3CBBD09B"/>
+    <w:nsid w:val="FE80ADC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18062,51 +18062,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="F361ACC3"/>
+    <w:nsid w:val="3DEBE6D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18210,51 +18210,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="A8FC39EA"/>
+    <w:nsid w:val="0F802DE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18358,51 +18358,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="C5FD596C"/>
+    <w:nsid w:val="9644FB05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18506,51 +18506,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="A8453E89"/>
+    <w:nsid w:val="B862DF80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18654,51 +18654,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="CCD5D26E"/>
+    <w:nsid w:val="D8EE32E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18802,51 +18802,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="C2AB55A4"/>
+    <w:nsid w:val="0E0B037B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18950,51 +18950,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="71D8081E"/>
+    <w:nsid w:val="CD9CD1C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19098,51 +19098,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="1552A0FC"/>
+    <w:nsid w:val="1C1EA804"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19246,51 +19246,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="4B5264E2"/>
+    <w:nsid w:val="1AC2BF51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19394,51 +19394,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="6F750F8E"/>
+    <w:nsid w:val="3109D46A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19542,51 +19542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="8155BECC"/>
+    <w:nsid w:val="5B39A26F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19690,51 +19690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="DDDE091D"/>
+    <w:nsid w:val="EA9A7783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19838,51 +19838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="6E382CA7"/>
+    <w:nsid w:val="39AC83AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19986,51 +19986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="719877E1"/>
+    <w:nsid w:val="485B63D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20134,51 +20134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="79064B31"/>
+    <w:nsid w:val="C76CD822"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20282,51 +20282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="1A648A80"/>
+    <w:nsid w:val="4FBDF5F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20430,51 +20430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="2A673935"/>
+    <w:nsid w:val="5ED15D2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20578,51 +20578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="84">
-    <w:nsid w:val="0AA276ED"/>
+    <w:nsid w:val="CA019A44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20726,51 +20726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="85">
-    <w:nsid w:val="AB48FEAB"/>
+    <w:nsid w:val="9D100EA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20874,51 +20874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="86">
-    <w:nsid w:val="88748E92"/>
+    <w:nsid w:val="10E32E8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21022,51 +21022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="87">
-    <w:nsid w:val="DD28B9A9"/>
+    <w:nsid w:val="A1DFC506"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21170,51 +21170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="88">
-    <w:nsid w:val="906855D7"/>
+    <w:nsid w:val="F94BD12A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21318,51 +21318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="89">
-    <w:nsid w:val="AD6E99C6"/>
+    <w:nsid w:val="FFC7DA41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21466,51 +21466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="90">
-    <w:nsid w:val="F1E823F8"/>
+    <w:nsid w:val="DF8C5D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21614,51 +21614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="91">
-    <w:nsid w:val="C9EC6226"/>
+    <w:nsid w:val="CBF78E0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21762,51 +21762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="92">
-    <w:nsid w:val="246DD670"/>
+    <w:nsid w:val="7A15660F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21910,51 +21910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="93">
-    <w:nsid w:val="40A38423"/>
+    <w:nsid w:val="F98C5E75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22058,51 +22058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="94">
-    <w:nsid w:val="9E2C3E88"/>
+    <w:nsid w:val="619230A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22206,51 +22206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="95">
-    <w:nsid w:val="8A37B221"/>
+    <w:nsid w:val="3004562C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22354,51 +22354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="96">
-    <w:nsid w:val="185F6491"/>
+    <w:nsid w:val="DF3ECFEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22502,51 +22502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="97">
-    <w:nsid w:val="E5DC840F"/>
+    <w:nsid w:val="5FCBF9FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22650,51 +22650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="98">
-    <w:nsid w:val="6C022644"/>
+    <w:nsid w:val="1CE1DF4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22798,51 +22798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="99">
-    <w:nsid w:val="3C405EFA"/>
+    <w:nsid w:val="EFCA10A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22946,51 +22946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="100">
-    <w:nsid w:val="3636F6F7"/>
+    <w:nsid w:val="4BB80BDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23094,51 +23094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="101">
-    <w:nsid w:val="E3434BBE"/>
+    <w:nsid w:val="2A79372E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23242,51 +23242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="102">
-    <w:nsid w:val="D937D622"/>
+    <w:nsid w:val="1A05EB2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23390,51 +23390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="103">
-    <w:nsid w:val="97572C50"/>
+    <w:nsid w:val="73F7B10C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23538,51 +23538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="104">
-    <w:nsid w:val="E87A93F5"/>
+    <w:nsid w:val="82DD32FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23686,51 +23686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="105">
-    <w:nsid w:val="930276E9"/>
+    <w:nsid w:val="774D9E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23834,51 +23834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="106">
-    <w:nsid w:val="01F188BF"/>
+    <w:nsid w:val="80EF5AE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23982,51 +23982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="107">
-    <w:nsid w:val="43C12E08"/>
+    <w:nsid w:val="EDC1B203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24130,51 +24130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="108">
-    <w:nsid w:val="36A3F39F"/>
+    <w:nsid w:val="6AD03073"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>