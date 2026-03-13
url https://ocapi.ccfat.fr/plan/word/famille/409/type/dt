--- v2 (2026-02-03)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 03/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.1 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.1 « Réseaux et épuration / Epuration »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -8857,94 +8857,94 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">15.1. Essai d'efficacité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/01/2022</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Descriptions des essais d'efficacité de traitement et indication de : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="105"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Paramètres physiques et pollution carbonée.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="105"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pollution azotée et phosphorée.Résultats de suivi in situ le cas échéant (interne et/ou tierce partie). Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021).</w:t>
+        <w:t xml:space="preserve">Pollution azotée et phosphorée.Résultats de suivi in situ le cas échéant (interne et/ou tierce partie). Préciser le nombre de sites suivis par le laboratoire indépendant du titulaire sous la validation du CSTB (CR GS 14/01/2021).L’âge moyen et le taux d’occupation du panel d’installations suivi ne sont plus à décrire dans le paragraphe du Dossier Technique présentant les résultats des suivis in situ (CR GS 17.1 des 08/07/2025 et 10/12/2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rapports d'essais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -9478,51 +9478,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="CDE8D785"/>
+    <w:nsid w:val="4C926EDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9626,51 +9626,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AFED0D37"/>
+    <w:nsid w:val="08DBB23C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9774,51 +9774,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="A48BBEA8"/>
+    <w:nsid w:val="4D63A46A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9922,51 +9922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E8A2A31B"/>
+    <w:nsid w:val="467702A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10070,51 +10070,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="A560BD10"/>
+    <w:nsid w:val="787D339E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10218,51 +10218,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="AB190E44"/>
+    <w:nsid w:val="DD5DC1F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10366,51 +10366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="4C37E6DE"/>
+    <w:nsid w:val="3D9083CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10514,51 +10514,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="433B4F67"/>
+    <w:nsid w:val="48C93DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10662,51 +10662,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="E77497A1"/>
+    <w:nsid w:val="1BF3A8F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10810,51 +10810,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D5A37863"/>
+    <w:nsid w:val="49B8ED64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10958,51 +10958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0D44C232"/>
+    <w:nsid w:val="27AA6480"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11106,51 +11106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="921B561A"/>
+    <w:nsid w:val="115E989F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11254,51 +11254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="5FF28613"/>
+    <w:nsid w:val="4E867AB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11402,51 +11402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="429D96B3"/>
+    <w:nsid w:val="6D113E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11550,51 +11550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="352D95D6"/>
+    <w:nsid w:val="B8E341F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11698,51 +11698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="A5915044"/>
+    <w:nsid w:val="9D1A862C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11846,51 +11846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DD5403A1"/>
+    <w:nsid w:val="28880629"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11994,51 +11994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D72B198B"/>
+    <w:nsid w:val="DC4B74B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12142,51 +12142,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="66E7D3DC"/>
+    <w:nsid w:val="CA0F6B29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12290,51 +12290,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="4E5606BB"/>
+    <w:nsid w:val="1DC52D8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12438,51 +12438,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="3A5165FA"/>
+    <w:nsid w:val="2F9A8450"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12586,51 +12586,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="8AEC6E3D"/>
+    <w:nsid w:val="3FD07913"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12734,51 +12734,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="75854B07"/>
+    <w:nsid w:val="533213EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12882,51 +12882,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="A11A6E2C"/>
+    <w:nsid w:val="94BDC421"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13030,51 +13030,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="24212610"/>
+    <w:nsid w:val="83730680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13178,51 +13178,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="4CAA5A89"/>
+    <w:nsid w:val="EC51E7FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13326,51 +13326,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="061617A9"/>
+    <w:nsid w:val="6427D5F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13474,51 +13474,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="7D00B779"/>
+    <w:nsid w:val="CDCA438C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13622,51 +13622,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="C026C887"/>
+    <w:nsid w:val="7BB88749"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13770,51 +13770,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="352ECDD1"/>
+    <w:nsid w:val="BDC33A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13918,51 +13918,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="1D391780"/>
+    <w:nsid w:val="04CB6E7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14066,51 +14066,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="233EAE0B"/>
+    <w:nsid w:val="87EC949C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14214,51 +14214,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="0A7B5431"/>
+    <w:nsid w:val="1E644870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14362,51 +14362,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42">
-    <w:nsid w:val="4BF02AC9"/>
+    <w:nsid w:val="154D8DD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14510,51 +14510,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="BFDEDA7B"/>
+    <w:nsid w:val="5CF05389"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14658,51 +14658,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="6BA6F55D"/>
+    <w:nsid w:val="7B09E068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14806,51 +14806,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45">
-    <w:nsid w:val="097AA1A3"/>
+    <w:nsid w:val="48CE5E83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14954,51 +14954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46">
-    <w:nsid w:val="DF476D01"/>
+    <w:nsid w:val="6531B854"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15102,51 +15102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47">
-    <w:nsid w:val="71A9688F"/>
+    <w:nsid w:val="669CD0E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15250,51 +15250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48">
-    <w:nsid w:val="CF02CEDC"/>
+    <w:nsid w:val="CAD3ADB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15398,51 +15398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49">
-    <w:nsid w:val="B3610548"/>
+    <w:nsid w:val="E881318F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15546,51 +15546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="50">
-    <w:nsid w:val="9C847A56"/>
+    <w:nsid w:val="4CB4D015"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15694,51 +15694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="51">
-    <w:nsid w:val="C40A95F1"/>
+    <w:nsid w:val="E421656E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15842,51 +15842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="52">
-    <w:nsid w:val="FE48B94F"/>
+    <w:nsid w:val="99ADC77F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15990,51 +15990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="53">
-    <w:nsid w:val="D5896779"/>
+    <w:nsid w:val="830A1FCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16138,51 +16138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="54">
-    <w:nsid w:val="16F1786C"/>
+    <w:nsid w:val="2FFF5960"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16286,51 +16286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="55">
-    <w:nsid w:val="B7604955"/>
+    <w:nsid w:val="F670A830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16434,51 +16434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="56">
-    <w:nsid w:val="3B20C03C"/>
+    <w:nsid w:val="385BB74F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16582,51 +16582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
-    <w:nsid w:val="E73508DC"/>
+    <w:nsid w:val="F0318C9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16730,51 +16730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="58">
-    <w:nsid w:val="07AB40AB"/>
+    <w:nsid w:val="D62C0A09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16878,51 +16878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="59">
-    <w:nsid w:val="89CE6240"/>
+    <w:nsid w:val="D272972D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17026,51 +17026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="60">
-    <w:nsid w:val="986F10F2"/>
+    <w:nsid w:val="901B3F81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17174,51 +17174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="61">
-    <w:nsid w:val="E7506301"/>
+    <w:nsid w:val="F106F433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17322,51 +17322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="62">
-    <w:nsid w:val="464E3D4D"/>
+    <w:nsid w:val="FC5FAE5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17470,51 +17470,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="63">
-    <w:nsid w:val="D2CA1643"/>
+    <w:nsid w:val="F323E465"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17618,51 +17618,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="64">
-    <w:nsid w:val="D4E89DCE"/>
+    <w:nsid w:val="AE3C2B60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17766,51 +17766,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="65">
-    <w:nsid w:val="F4CA28A5"/>
+    <w:nsid w:val="C199E93C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17914,51 +17914,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="66">
-    <w:nsid w:val="FE80ADC9"/>
+    <w:nsid w:val="E4172906"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18062,51 +18062,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="67">
-    <w:nsid w:val="3DEBE6D5"/>
+    <w:nsid w:val="8333527E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18210,51 +18210,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="68">
-    <w:nsid w:val="0F802DE1"/>
+    <w:nsid w:val="ADD699F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18358,51 +18358,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="69">
-    <w:nsid w:val="9644FB05"/>
+    <w:nsid w:val="3231BD05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18506,51 +18506,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70">
-    <w:nsid w:val="B862DF80"/>
+    <w:nsid w:val="5BA77C77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18654,51 +18654,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
-    <w:nsid w:val="D8EE32E3"/>
+    <w:nsid w:val="D905AEA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18802,51 +18802,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="72">
-    <w:nsid w:val="0E0B037B"/>
+    <w:nsid w:val="79BC4C59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18950,51 +18950,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="73">
-    <w:nsid w:val="CD9CD1C6"/>
+    <w:nsid w:val="7538022C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19098,51 +19098,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="74">
-    <w:nsid w:val="1C1EA804"/>
+    <w:nsid w:val="A267DF1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19246,51 +19246,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="75">
-    <w:nsid w:val="1AC2BF51"/>
+    <w:nsid w:val="60DE861A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19394,51 +19394,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="76">
-    <w:nsid w:val="3109D46A"/>
+    <w:nsid w:val="E9677697"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19542,51 +19542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="77">
-    <w:nsid w:val="5B39A26F"/>
+    <w:nsid w:val="5F24C36E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19690,51 +19690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="78">
-    <w:nsid w:val="EA9A7783"/>
+    <w:nsid w:val="6271FDE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19838,51 +19838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="79">
-    <w:nsid w:val="39AC83AF"/>
+    <w:nsid w:val="C60B5C04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19986,51 +19986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="80">
-    <w:nsid w:val="485B63D8"/>
+    <w:nsid w:val="698E4401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20134,51 +20134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="81">
-    <w:nsid w:val="C76CD822"/>
+    <w:nsid w:val="AF02896C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20282,51 +20282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="82">
-    <w:nsid w:val="4FBDF5F2"/>
+    <w:nsid w:val="6AAE380F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20430,51 +20430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="83">
-    <w:nsid w:val="5ED15D2F"/>
+    <w:nsid w:val="8174B1FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20578,51 +20578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="84">
-    <w:nsid w:val="CA019A44"/>
+    <w:nsid w:val="1C1149A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20726,51 +20726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="85">
-    <w:nsid w:val="9D100EA3"/>
+    <w:nsid w:val="BD977D9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20874,51 +20874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="86">
-    <w:nsid w:val="10E32E8F"/>
+    <w:nsid w:val="89C07C42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21022,51 +21022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="87">
-    <w:nsid w:val="A1DFC506"/>
+    <w:nsid w:val="AD44FFCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21170,51 +21170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="88">
-    <w:nsid w:val="F94BD12A"/>
+    <w:nsid w:val="A3F4F957"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21318,51 +21318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="89">
-    <w:nsid w:val="FFC7DA41"/>
+    <w:nsid w:val="78EAE178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21466,51 +21466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="90">
-    <w:nsid w:val="DF8C5D38"/>
+    <w:nsid w:val="A7C2FD7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21614,51 +21614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="91">
-    <w:nsid w:val="CBF78E0A"/>
+    <w:nsid w:val="FE8DE9D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21762,51 +21762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="92">
-    <w:nsid w:val="7A15660F"/>
+    <w:nsid w:val="97FD6C2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21910,51 +21910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="93">
-    <w:nsid w:val="F98C5E75"/>
+    <w:nsid w:val="F9D10FD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22058,51 +22058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="94">
-    <w:nsid w:val="619230A6"/>
+    <w:nsid w:val="F323B2CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22206,51 +22206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="95">
-    <w:nsid w:val="3004562C"/>
+    <w:nsid w:val="B2D2FE12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22354,51 +22354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="96">
-    <w:nsid w:val="DF3ECFEE"/>
+    <w:nsid w:val="BA64274F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22502,51 +22502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="97">
-    <w:nsid w:val="5FCBF9FF"/>
+    <w:nsid w:val="8949E992"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22650,51 +22650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="98">
-    <w:nsid w:val="1CE1DF4F"/>
+    <w:nsid w:val="7015B674"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22798,51 +22798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="99">
-    <w:nsid w:val="EFCA10A6"/>
+    <w:nsid w:val="1F89D215"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22946,51 +22946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="100">
-    <w:nsid w:val="4BB80BDC"/>
+    <w:nsid w:val="6069D140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23094,51 +23094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="101">
-    <w:nsid w:val="2A79372E"/>
+    <w:nsid w:val="0F6AD8F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23242,51 +23242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="102">
-    <w:nsid w:val="1A05EB2B"/>
+    <w:nsid w:val="C1A01C11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23390,51 +23390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="103">
-    <w:nsid w:val="73F7B10C"/>
+    <w:nsid w:val="217676F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23538,51 +23538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="104">
-    <w:nsid w:val="82DD32FA"/>
+    <w:nsid w:val="CBD2FCC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23686,51 +23686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="105">
-    <w:nsid w:val="774D9E80"/>
+    <w:nsid w:val="01712661"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23834,51 +23834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="106">
-    <w:nsid w:val="80EF5AE4"/>
+    <w:nsid w:val="E8CA7C57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23982,51 +23982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="107">
-    <w:nsid w:val="EDC1B203"/>
+    <w:nsid w:val="0DF93CF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24130,51 +24130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="108">
-    <w:nsid w:val="6AD03073"/>
+    <w:nsid w:val="B4671738"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>