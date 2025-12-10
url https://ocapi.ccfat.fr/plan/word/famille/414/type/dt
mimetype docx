--- v0 (2025-10-19)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 19/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2847,51 +2847,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F9137276"/>
+    <w:nsid w:val="58ABC645"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2995,51 +2995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="92CEAF75"/>
+    <w:nsid w:val="D76D9EAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3143,51 +3143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="22FAB338"/>
+    <w:nsid w:val="6DB0EFB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3291,51 +3291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="33AD4B7F"/>
+    <w:nsid w:val="90B92093"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3439,51 +3439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="0A28CBC3"/>
+    <w:nsid w:val="C3AA75F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3587,51 +3587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F48882A3"/>
+    <w:nsid w:val="21DAE41F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3735,51 +3735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E7DD9EC8"/>
+    <w:nsid w:val="419DCB84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>