--- v1 (2025-12-10)
+++ v2 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 10/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 17/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2847,51 +2847,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="58ABC645"/>
+    <w:nsid w:val="90313C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2995,51 +2995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D76D9EAB"/>
+    <w:nsid w:val="E7627EA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3143,51 +3143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6DB0EFB8"/>
+    <w:nsid w:val="915A6588"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3291,51 +3291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="90B92093"/>
+    <w:nsid w:val="6C330E3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3439,51 +3439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C3AA75F1"/>
+    <w:nsid w:val="545BC61E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3587,51 +3587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="21DAE41F"/>
+    <w:nsid w:val="8FC2BEA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3735,51 +3735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="419DCB84"/>
+    <w:nsid w:val="D4E70A35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>