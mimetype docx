--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 17/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -657,50 +657,85 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-l'épaisseur de calcul (ou épaisseur structurante. Les épaisseurs structurantes ne doivent pas être inférieures à 3 mm),</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-l'épaisseur totale minimale (au stade I).</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir un tableau récapitulatif de ces trois épaisseurs, par pas d'épaisseur.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Les épaisseurs structurantes minimales doivent permettent d’obtenir une rigidité annulaire conforme aux spécifications de la norme NF EN 11296-4 (fonction du diamètre).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pour les chemisages feutre, l'épaisseur (mesurée) de la membrane d'enduction est retirée par le calcul lors du calcul du module. L'intervalle min/max de l'épaisseur de cette membrane sera précisé dans le Dossier. (CR GS 167 - 01/10/2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.3. Périmètre</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/02/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">CR GS 191 - 03/06/25 :Les titulaires de DTA doivent indiquer une tolérance sur le périmètre admis par le chemisage dans le cadre des réseaux circulaires et en particulier non circulaires.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Caractéristiques mécaniques</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/12/2024</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2562,68 +2597,75 @@
         <w:t xml:space="preserve">Critères d'évaluation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Suivi de fabrication (usine et applicateurs)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">8.4. Formation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 04/12/2019</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dispenser une formation par le fabricant de la chemise pour qualifier l’applicateur choisi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">CR 191 - 03/06/25 :Pour les procédés polymérisés aux UV : Indiquer une fréquence de formation de maximum tous les 2 ans pour la formation dispensée par l’imprégnateur et à chaque modification technique du produit, des équipements ou du DTA.L’organisme de certification NF390 peut engager une réflexion avec les applicateurs sur le contenu minimal d’une formation interne des applicateurs sachants vers leurs nouvelles recrues.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Références</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/07/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2847,51 +2889,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="90313C5E"/>
+    <w:nsid w:val="F0E09367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2995,51 +3037,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E7627EA5"/>
+    <w:nsid w:val="1FEBC01C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3143,51 +3185,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="915A6588"/>
+    <w:nsid w:val="8D3EB23F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3291,51 +3333,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6C330E3D"/>
+    <w:nsid w:val="B87F6821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3439,51 +3481,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="545BC61E"/>
+    <w:nsid w:val="44C57A58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3587,51 +3629,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="8FC2BEA6"/>
+    <w:nsid w:val="99DE0F1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3735,51 +3777,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D4E70A35"/>
+    <w:nsid w:val="28B594E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>