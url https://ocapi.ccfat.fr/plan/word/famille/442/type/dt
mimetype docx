--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 2.1 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 2.1 - Édité le 30/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 2.1 « Produits et procédés de façade légère  »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -170,50 +170,85 @@
         <w:t xml:space="preserve">2.1.2. Mastic de collage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/03/2018</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir le label SNJF-VEC et/ou l'ETE du mastic de collage</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1.3. Assemblage montant/traverse</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 29/04/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les systèmes de Façade légère en Vitrage Extérieur Collé (VEC) devront justifier des capacitésmaximales des assemblages montant/traverse, conformément au § 5 de la fiche du SNF n°49 indice C.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. Caractéristiques d'aptitude à l'emploi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2.1. Façade</w:t>
       </w:r>
     </w:p>
     <w:p>