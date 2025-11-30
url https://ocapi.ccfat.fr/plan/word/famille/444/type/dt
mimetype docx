--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -11,119 +11,147 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 2.1 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 2.1 - Édité le 30/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 2.1 « Produits et procédés de façade légère  »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
         <w:t xml:space="preserve">Famille de produits ou procédés : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">Garde-corps en verre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Principe et domaine d'emploi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/03/2018</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/09/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Les règles de conception, de fabrication et de mise en œuvre sont précisées dans les normes NF P 01-012 et NF P 01-013 et dans le cahier du CSTB 3034.Préciser et justifier le domaine d'emploi du système en zone sismique.</w:t>
+        <w:t xml:space="preserve">Les règles de conception, de fabrication et de mise en œuvre sont précisées dans les normes NF P 01-012 et NF P 01-013 et dans le cahier du CSTB 3034.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Préciser et justifier le domaine d'emploi du système en zone sismique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le domaine d’emploi est limité à une hauteur de 1,10 m depuis le sol fini.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> La mise en œuvre en escaliers des garde-corps dans les établissements recevant du public nécessite la mise en œuvre d'une main courante continue, rigide et facilement préhensible répondant aux exigences de l'article 7-1 de l'Arrêté du 20 avril 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La mise en œuvre des garde-corps en escaliers dans les établissements d'accueil des jeunes enfants ne permet pas de répondre à l’article II.6.11 de l’Arrêté du 31 août 2021 et nécessite un dispositif complémentaire qui assure la fonction de main courante utilisée par les enfants avec une hauteur de 50 cm.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Description du procédé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. Identification du procédé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -561,88 +589,257 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">L'essai est effectué sur une trame de garde-corps de plus petite dimension et sur une trame représentative du système intégrant les dispositions des entraxes de fixation et de calage les plus défavorables.Si le vitrage bombé est intégré au dossier, il devra être testé sur le plus petit rayon et le plus grand rayon, de la même manière que précédemment, dans le sens concave et convexe. Les essais doivent être réalisés dans un laboratoire tiers reconnu compétent (minimum NF EN 17025). Le rapport d'essais doit indiquer la caractérisation du traitement thermique des vitrages et les caractéristiques des intercalaires mis en œuvre devront être fournies (fiche d'identification de l'Annexe A du cahier 3034_V3 remplie et signée par le fournisseur des vitrages soumis aux essais).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3.4. Garde-corps grand hauteur</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/03/2018</w:t>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. Dimensionnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 23/01/2024</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Compte tenu de la nature des garde-corps de grande hauteur, de leur prise au vent et de leur mode de solidarisation au gros œuvre, des justifications complémentaires doivent être apportées dans les cas suivants : pour les garde-corps en verre encastrés en pied de hauteur supérieure à 1,10m et pour les garde-corps en verre tenus par fixation traversante de hauteur supérieure à 1,80m.</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Essais de cycle à réaliser suivant le protocole du paragraphe 4.5 du cahier du CSTB 3034.</w:t>
+        <w:t xml:space="preserve">Fournir la note de calcul des systèmes de fixation (chevilles ou boulons) des profilés sur le support .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Fabrication</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Vitrages feuilletés</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 23/01/2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Fournir la description des vitrages compatibles avec le système garde-corps et détailler le cahier de charges de ces vitrages, notamment :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    Exigences de fabrication des vitrages ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    Tolérances ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    Traitement des bords ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    Niveau de trempe et marquage associé (valeur de la trempe minimale, nom commerciale ou autre) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o    …</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Définir le ou les miroitiers associés au système de garde-corps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Définir le marquage spécifique des vitrages associés au système. Le marquage doit être visible après la mise en œuvre du vitrage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Pour les vitrages trempés, fournir la conformité à la norme NF EN 14179 (verre trempé HST).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Mise en œuvre</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 23/01/2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Préciser les types des supports (ossature béton et/ou métallique) sur lesquels le système garde-corps est mis en œuvre. Détailler leurs caractéristiques et les points particuliers à prendre en compte, notamment :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o   Les modes de fixation du profilé au support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o   Les critères de planéités admissibles pour chaque support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o   Les réglages possibles du profilé de maintien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">o   La gestion des dilatations au droit des fixations du profilé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Décrire comment le drainage des profils est réalisé afin d’éviter toute  stagnation d’eau à l’intérieur du profil de maintien suite à des éventuelles infiltrations d’eau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Préciser les dispositions spécifiques pour la prise en considération de la dilatation des profilés notamment lorsque ceux-ci sont fixés avec des fixations à tête fraisée.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>