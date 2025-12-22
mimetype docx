--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 01/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2975,51 +2975,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="6A410AC7"/>
+    <w:nsid w:val="A13D083B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3123,51 +3123,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E57FD45C"/>
+    <w:nsid w:val="3791D698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3271,51 +3271,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6779CEFE"/>
+    <w:nsid w:val="8A231B23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3419,51 +3419,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="326DF51A"/>
+    <w:nsid w:val="937081EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3567,51 +3567,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="AF793431"/>
+    <w:nsid w:val="309285E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3715,51 +3715,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="906BF151"/>
+    <w:nsid w:val="2A11D1A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3863,51 +3863,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7D5C537E"/>
+    <w:nsid w:val="8F9323FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4011,51 +4011,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5683D322"/>
+    <w:nsid w:val="25E0325C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4159,51 +4159,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="E25EDFBA"/>
+    <w:nsid w:val="8480223F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4307,51 +4307,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="11E9A681"/>
+    <w:nsid w:val="6F94B232"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4455,51 +4455,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="C8AD2B85"/>
+    <w:nsid w:val="5AFD4AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4603,51 +4603,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1C7FC3EA"/>
+    <w:nsid w:val="BC5E46F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4751,51 +4751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="A5CAFBD7"/>
+    <w:nsid w:val="3899E61F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4899,51 +4899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="6F9DED33"/>
+    <w:nsid w:val="22A96783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5047,51 +5047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="B0BA0AE5"/>
+    <w:nsid w:val="816BA3DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5195,51 +5195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="1A22B730"/>
+    <w:nsid w:val="9CE0539B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5343,51 +5343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9C6709CB"/>
+    <w:nsid w:val="DF8CCEEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>