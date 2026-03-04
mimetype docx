--- v1 (2025-12-22)
+++ v2 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 04/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2975,51 +2975,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A13D083B"/>
+    <w:nsid w:val="64C7EB74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3123,51 +3123,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3791D698"/>
+    <w:nsid w:val="349814CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3271,51 +3271,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8A231B23"/>
+    <w:nsid w:val="9A1F4727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3419,51 +3419,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="937081EB"/>
+    <w:nsid w:val="2FCB7A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3567,51 +3567,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="309285E3"/>
+    <w:nsid w:val="C90EEAC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3715,51 +3715,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="2A11D1A8"/>
+    <w:nsid w:val="CF2B8C90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3863,51 +3863,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="8F9323FB"/>
+    <w:nsid w:val="408B2ED0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4011,51 +4011,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="25E0325C"/>
+    <w:nsid w:val="136C7536"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4159,51 +4159,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="8480223F"/>
+    <w:nsid w:val="11A9EC50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4307,51 +4307,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6F94B232"/>
+    <w:nsid w:val="F10E8002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4455,51 +4455,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5AFD4AED"/>
+    <w:nsid w:val="134D6691"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4603,51 +4603,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="BC5E46F5"/>
+    <w:nsid w:val="69CAC5D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4751,51 +4751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3899E61F"/>
+    <w:nsid w:val="32A64F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4899,51 +4899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="22A96783"/>
+    <w:nsid w:val="667F2744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5047,51 +5047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="816BA3DB"/>
+    <w:nsid w:val="8684E77E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5195,51 +5195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9CE0539B"/>
+    <w:nsid w:val="68CA3707"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5343,51 +5343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DF8CCEEB"/>
+    <w:nsid w:val="9A9CFD29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>