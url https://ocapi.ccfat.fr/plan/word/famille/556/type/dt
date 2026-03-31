--- v2 (2026-03-04)
+++ v3 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 04/03/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 17.2 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 17.2 « Réseaux et épuration / Réseaux »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2975,51 +2975,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="64C7EB74"/>
+    <w:nsid w:val="E6CBE19C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3123,51 +3123,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="349814CF"/>
+    <w:nsid w:val="613C251D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3271,51 +3271,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="9A1F4727"/>
+    <w:nsid w:val="50934690"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3419,51 +3419,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="2FCB7A65"/>
+    <w:nsid w:val="31E9F7DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3567,51 +3567,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C90EEAC2"/>
+    <w:nsid w:val="870B4EBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3715,51 +3715,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="CF2B8C90"/>
+    <w:nsid w:val="BC87C1DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3863,51 +3863,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="408B2ED0"/>
+    <w:nsid w:val="E4E703C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4011,51 +4011,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="136C7536"/>
+    <w:nsid w:val="B397758D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4159,51 +4159,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="11A9EC50"/>
+    <w:nsid w:val="D18767A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4307,51 +4307,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F10E8002"/>
+    <w:nsid w:val="45B48333"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4455,51 +4455,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="134D6691"/>
+    <w:nsid w:val="BE132B08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4603,51 +4603,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="69CAC5D8"/>
+    <w:nsid w:val="3E6C40B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4751,51 +4751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="32A64F48"/>
+    <w:nsid w:val="0FB2BF84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4899,51 +4899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="667F2744"/>
+    <w:nsid w:val="DF8DC868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5047,51 +5047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8684E77E"/>
+    <w:nsid w:val="5663202C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5195,51 +5195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="68CA3707"/>
+    <w:nsid w:val="29023BA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5343,51 +5343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9A9CFD29"/>
+    <w:nsid w:val="B138AC08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>