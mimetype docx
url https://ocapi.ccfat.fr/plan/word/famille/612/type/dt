--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 17/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2082,51 +2082,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AE502735"/>
+    <w:nsid w:val="68D07F2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2230,51 +2230,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="DB0FD3EA"/>
+    <w:nsid w:val="1FBBE10E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2378,51 +2378,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C675C404"/>
+    <w:nsid w:val="29764C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2526,51 +2526,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="A3AE7024"/>
+    <w:nsid w:val="94AA4E98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2674,51 +2674,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FF63A9A8"/>
+    <w:nsid w:val="9DB8F70B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2822,51 +2822,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="CE57AE5F"/>
+    <w:nsid w:val="DCF0CA4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2970,51 +2970,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="2DB3AEF0"/>
+    <w:nsid w:val="1D9A6845"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>