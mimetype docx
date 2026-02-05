--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -244,1060 +244,1067 @@
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. Définition des matériaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2.1. Armatures de précontrainte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/01/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les torons sont agréés par l’ASQPE (Association pour la Qualification de la Précontrainte et des Equipements des Ouvrages de Bâtiment et de Génie Civil) ou équivalent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les caractéristiques suivantes doivent être données pour les torons utilisés :     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Fpk, résistance caractéristique en traction de l'acier de précontrainte ;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   Fp0,1k, valeur caractéristique de la limite d'élasticité conventionnelle à 0,1 % de l'acier de précontrainte ;   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   P0, tension initiale des fils ou torons de précontrainte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.2. Béton des dalles alvéolées</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Les torons sont agréés par l’ASQPE (Association pour la Qualification de la Précontrainte et des Equipements des Ouvrages de Bâtiment et de Génie Civil) ou équivalent.Les caractéristiques suivantes doivent être données pour les torons utilisés :     </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">•   P0, tension initiale des fils ou torons de précontrainte.</w:t>
+        <w:t xml:space="preserve">Décrire le béton utilisé pour la fabrication des dalles alvéolées (Classe de résistance, granulométrie, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.2. Béton des dalles alvéolées</w:t>
+        <w:t xml:space="preserve">2.2.3. Béton des joints entre dalles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Décrire le béton utilisé pour la fabrication des dalles alvéolées (Classe de résistance, granulométrie, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.3. Béton des joints entre dalles</w:t>
+        <w:t xml:space="preserve">2.2.4. Béton complémentaire des chaînages et de la dalle rapportée coulée en œuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Décrire le béton utilisé pour la fabrication des dalles alvéolées (Classe de résistance, granulométrie, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.4. Béton complémentaire des chaînages et de la dalle rapportée coulée en œuvre</w:t>
+        <w:t xml:space="preserve">2.2.5. Boucles de levage [le cas échéant]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Décrire le béton utilisé pour la fabrication des dalles alvéolées (Classe de résistance, granulométrie, etc.).</w:t>
+        <w:t xml:space="preserve">Décrire les boucles de levage (matériaux, dimensions, tolérance, etc.).    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">L'ensemble des éléments descriptifs et des éléments de justification attendus pour levage sont ceux de la famille de procédé "Inserts de levage intégrés pour dalles alvéolées".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.5. Boucles de levage [le cas échéant]</w:t>
+        <w:t xml:space="preserve">2.2.6. Élingues [le cas échéant]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Décrire les boucles de levage (matériaux, dimensions, tolérance, etc.).    </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">L'ensemble des éléments descriptifs et des éléments de justification attendus pour levage sont ceux de la famille de procédé "Inserts de levage intégrés pour dalles alvéolées".</w:t>
+        <w:t xml:space="preserve">Décrire le moyen de levage (élingues, palonniers, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.6. Élingues [le cas échéant]</w:t>
+        <w:t xml:space="preserve">2.2.7. Armature dans la dalle de compression</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Décrire le moyen de levage (élingues, palonniers, etc.).</w:t>
+        <w:t xml:space="preserve">[Détailler le type d'armature]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. Description des éléments préfabriqués</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2.7. Armature dans la dalle de compression</w:t>
+        <w:t xml:space="preserve">2.3.1. Éléments standards</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">[Détailler le type d'armature]</w:t>
+        <w:t xml:space="preserve">Décrire la gamme de dalles alvéolées (hauteurs, largeurs, face latérales, nombre d'alvéoles, positionnement des armatures etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Schémas cotés des profils de dalles avec intégration du positionnement des armatures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3.2. Eléments spéciaux (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Préciser les possibilités de fabrications spéciales :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Réservations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dalles biaisées</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dalles démodulées</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Membrures sur-épaissies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Schémas cotés illustrant les cas limites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3.3. Identification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Détailler la méthode d'identification et marquage des dalles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Préciser la codification de la désignation des dalles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le cas échéant, détailler la méthode d'identification des boucles et marquages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Exemple d'étiquette.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.3. Description des éléments préfabriqués</w:t>
+        <w:t xml:space="preserve">2.4. Fabrication</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.3.1. Éléments standards</w:t>
+        <w:t xml:space="preserve">2.4.1. Fabrication des dalles</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/01/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Détailler:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fabrication;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Présence et réalisation des trous d'évacuation d'eau ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aspect(s) de surface ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Traitement éventuel lors du durcissement, méthode employée ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Contrôles réalisés sur le béton conformément à l’article 5.3.1 du DTU 23-2-P3 ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Procédure de détension des armatures ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Traitement des abouts des dalles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4.2. Mise en place des boucles de levage [le cas échéant]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Décrire la gamme de dalles alvéolées (hauteurs, largeurs, face latérales, nombre d'alvéoles, positionnement des armatures etc.).</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Schémas cotés des profils de dalles avec intégration du positionnement des armatures.</w:t>
+        <w:t xml:space="preserve">Détailler:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Méthode de mise en œuvre des boucles de levage lors de la fabrication des dalles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Outils employés;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Indiquer si l’intégrité de la nervure dans laquelle la boucle est intégrée est préservée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.5. Conception</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.3.2. Eléments spéciaux (le cas échéant)</w:t>
+        <w:t xml:space="preserve">2.5.1. Conception</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Préciser les possibilités de fabrications spéciales :</w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Schémas cotés illustrant les cas limites.</w:t>
+        <w:t xml:space="preserve">A minima, les données et éléments d'information à fournir par l’entreprise au titulaire pour réaliser le dimensionnement du plancher sont ceux du §4 du DTU 23.2 – P1-2. Préciser si d'autres éléments sont requis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Décrire le rôle des intervenants.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.3.3. Identification</w:t>
+        <w:t xml:space="preserve">2.5.2. Répartition transversale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Détailler la méthode d'identification et marquage des dalles.</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Le cas échéant, détailler la méthode d'identification des boucles et marquages.</w:t>
+        <w:t xml:space="preserve">Détailler les modalités de prise en compte de la répartition transversale en fonction des différents paramètres (longueur de plancher, épaisseur de dalle, table collaborante, chargement, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Exemple d'étiquette.</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">2.4. Fabrication</w:t>
+        <w:t xml:space="preserve">Essai ou étude numérique justifiant de la répartition transversale des efforts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Exemple de note de calcul illustrant la prise en compte de la répartition transversale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.4.1. Fabrication des dalles</w:t>
+        <w:t xml:space="preserve">2.5.3. Torsion</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">[Détailler:     </w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve">Traitement des abouts des dalles.]</w:t>
+        <w:t xml:space="preserve">Détailler les modalités de prise en compte de la torsion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Exemple de note de calcul.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.4.2. Mise en place des boucles de levage [le cas échéant]</w:t>
+        <w:t xml:space="preserve">2.5.4. Fonction diaphragme du plancher</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Détailler:</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">2.5. Conception</w:t>
+        <w:t xml:space="preserve">Lorsque les efforts sollicitant le plancher en diaphragme ont une origine autre que sismique, le calcul du diaphragme sera réalisé conformément au §7 du DTU 23.2-P3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.5.1. Conception</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
+        <w:t xml:space="preserve">2.5.5. Utilisation en zone sismique (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/01/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">A minima, les données et éléments d'information à fournir par l’entreprise au titulaire pour réaliser le dimensionnement du plancher sont ceux du §4 du DTU 23.2 – P1-2. Préciser si d'autres éléments sont requis.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Décrire le rôle des intervenants.</w:t>
+        <w:t xml:space="preserve">Détailler les dispositions à considérer lorsque des exigences sismiques sont applicables (table collaborante, surfaces latérales, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Exemple de note de calcul.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.5.2. Répartition transversale</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
+        <w:t xml:space="preserve">2.5.6. Résistance au feu (le cas échéant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/01/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Détailler les modalités de prise en compte de la répartition transversale en fonction des différents paramètres (longueur de plancher, épaisseur de dalle, table collaborante, chargement, etc.).</w:t>
+        <w:t xml:space="preserve">Préciser les modalités de prise en compte du risque d'incendie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Essai ou étude numérique justifiant de la répartition transversale des efforts.</w:t>
-[...196 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Si la norme NF EN 1992-1-2 n'est pas applicable, une Appréciation de Laboratoire de résistance au feu sera requise.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Prise en compote du Guide "Comportement au feu de produits et d'éléments de construction" publié par la DGSCGC.</w:t>
+        <w:t xml:space="preserve">Prise en compte du Guide "Comportement au feu de produits et d'éléments de construction" publié par la DGSCGC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Exemple de note de calcul.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1440" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">2.5.7. Trémies</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 08/10/2019</w:t>
@@ -2082,51 +2089,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="68D07F2D"/>
+    <w:nsid w:val="EC692D64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2230,51 +2237,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1FBBE10E"/>
+    <w:nsid w:val="22C4740C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2378,51 +2385,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="29764C46"/>
+    <w:nsid w:val="D82F62C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2526,51 +2533,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="94AA4E98"/>
+    <w:nsid w:val="E859E89E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2674,51 +2681,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9DB8F70B"/>
+    <w:nsid w:val="4BD24CDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2822,51 +2829,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="DCF0CA4D"/>
+    <w:nsid w:val="F5D6CE1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2970,51 +2977,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1D9A6845"/>
+    <w:nsid w:val="1A5A4F9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>