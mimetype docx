--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2089,51 +2089,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EC692D64"/>
+    <w:nsid w:val="1E486CA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2237,51 +2237,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="22C4740C"/>
+    <w:nsid w:val="26D61D82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2385,51 +2385,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D82F62C6"/>
+    <w:nsid w:val="AD0778CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2533,51 +2533,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E859E89E"/>
+    <w:nsid w:val="840853EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2681,51 +2681,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="4BD24CDA"/>
+    <w:nsid w:val="30E9821D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2829,51 +2829,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F5D6CE1A"/>
+    <w:nsid w:val="ECB5BF9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2977,51 +2977,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1A5A4F9C"/>
+    <w:nsid w:val="9D83F745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>