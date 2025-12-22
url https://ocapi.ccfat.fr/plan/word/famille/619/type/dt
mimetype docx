--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2538,51 +2538,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="618CDAE6"/>
+    <w:nsid w:val="C64B0D17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2686,51 +2686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="8A22FCAF"/>
+    <w:nsid w:val="A2613F89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2834,51 +2834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="AABF1717"/>
+    <w:nsid w:val="B44CDC3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2982,51 +2982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="75CEBE9B"/>
+    <w:nsid w:val="EB6C6F37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3130,51 +3130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="135EEB49"/>
+    <w:nsid w:val="F347D6EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3278,51 +3278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E8DCC5E8"/>
+    <w:nsid w:val="A2167306"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3426,51 +3426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F9B8FEAF"/>
+    <w:nsid w:val="7035D2F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3574,51 +3574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="490BE0DF"/>
+    <w:nsid w:val="C3AADB33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3722,51 +3722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="6A64DB3F"/>
+    <w:nsid w:val="F2DB2029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3870,51 +3870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="701E4587"/>
+    <w:nsid w:val="F1E7E18B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4018,51 +4018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="1E758073"/>
+    <w:nsid w:val="773CE051"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4166,51 +4166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="89F86A3A"/>
+    <w:nsid w:val="988556E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4314,51 +4314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="DB70C064"/>
+    <w:nsid w:val="7EFCE3D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4462,51 +4462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="FD2131EE"/>
+    <w:nsid w:val="E3790352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4610,51 +4610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AF096DEE"/>
+    <w:nsid w:val="EE9420F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4758,51 +4758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="BCB61863"/>
+    <w:nsid w:val="087BD125"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4906,51 +4906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="25387F47"/>
+    <w:nsid w:val="770B05D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5054,51 +5054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="36FCB92B"/>
+    <w:nsid w:val="A8FD523D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5202,51 +5202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="9EC0C8A9"/>
+    <w:nsid w:val="849ED359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5350,51 +5350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="C0CD3CC7"/>
+    <w:nsid w:val="A62C643E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>