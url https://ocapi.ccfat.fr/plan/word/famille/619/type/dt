--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2538,51 +2538,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C64B0D17"/>
+    <w:nsid w:val="9B62F69A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2686,51 +2686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A2613F89"/>
+    <w:nsid w:val="1768600D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2834,51 +2834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B44CDC3C"/>
+    <w:nsid w:val="0558309F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2982,51 +2982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="EB6C6F37"/>
+    <w:nsid w:val="F401217C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3130,51 +3130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F347D6EA"/>
+    <w:nsid w:val="1411149C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3278,51 +3278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="A2167306"/>
+    <w:nsid w:val="2A79C396"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3426,51 +3426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7035D2F7"/>
+    <w:nsid w:val="B57BCD29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3574,51 +3574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="C3AADB33"/>
+    <w:nsid w:val="F37BCE35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3722,51 +3722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="F2DB2029"/>
+    <w:nsid w:val="657F0A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3870,51 +3870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F1E7E18B"/>
+    <w:nsid w:val="531096EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4018,51 +4018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="773CE051"/>
+    <w:nsid w:val="D93BDBC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4166,51 +4166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="988556E5"/>
+    <w:nsid w:val="05EAEFB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4314,51 +4314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7EFCE3D3"/>
+    <w:nsid w:val="6E532DA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4462,51 +4462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="E3790352"/>
+    <w:nsid w:val="65F80499"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4610,51 +4610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="EE9420F5"/>
+    <w:nsid w:val="AFB5BEDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4758,51 +4758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="087BD125"/>
+    <w:nsid w:val="B5DEF681"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4906,51 +4906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="770B05D7"/>
+    <w:nsid w:val="D52F8F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5054,51 +5054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="A8FD523D"/>
+    <w:nsid w:val="E41F55C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5202,51 +5202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="849ED359"/>
+    <w:nsid w:val="CD37B906"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5350,51 +5350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A62C643E"/>
+    <w:nsid w:val="B0F830F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>