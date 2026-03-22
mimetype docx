--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2538,51 +2538,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="9B62F69A"/>
+    <w:nsid w:val="16ECD422"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2686,51 +2686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1768600D"/>
+    <w:nsid w:val="C51BEAB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2834,51 +2834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="0558309F"/>
+    <w:nsid w:val="AD6208C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2982,51 +2982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="F401217C"/>
+    <w:nsid w:val="F53A1EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3130,51 +3130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="1411149C"/>
+    <w:nsid w:val="E961306D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3278,51 +3278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="2A79C396"/>
+    <w:nsid w:val="5E92F8FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3426,51 +3426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B57BCD29"/>
+    <w:nsid w:val="F34BAEA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3574,51 +3574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F37BCE35"/>
+    <w:nsid w:val="1BC8A8FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3722,51 +3722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="657F0A3B"/>
+    <w:nsid w:val="151733CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3870,51 +3870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="531096EE"/>
+    <w:nsid w:val="9942CC1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4018,51 +4018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="D93BDBC4"/>
+    <w:nsid w:val="469C2E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4166,51 +4166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="05EAEFB7"/>
+    <w:nsid w:val="2FE0EDAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4314,51 +4314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="6E532DA6"/>
+    <w:nsid w:val="68E26EB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4462,51 +4462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="65F80499"/>
+    <w:nsid w:val="79500FF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4610,51 +4610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AFB5BEDA"/>
+    <w:nsid w:val="00F24124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4758,51 +4758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="B5DEF681"/>
+    <w:nsid w:val="96534444"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4906,51 +4906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D52F8F7A"/>
+    <w:nsid w:val="246FBD8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5054,51 +5054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="E41F55C6"/>
+    <w:nsid w:val="5F8F7BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5202,51 +5202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="CD37B906"/>
+    <w:nsid w:val="30B03F88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5350,51 +5350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="B0F830F5"/>
+    <w:nsid w:val="166AA27A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>