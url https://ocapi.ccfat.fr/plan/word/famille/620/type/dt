--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2558,51 +2558,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="81F2525A"/>
+    <w:nsid w:val="A4DE746E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2706,51 +2706,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="DC4308D4"/>
+    <w:nsid w:val="D171091C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2854,51 +2854,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="436BD58E"/>
+    <w:nsid w:val="B8DC4D8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3002,51 +3002,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="0994304C"/>
+    <w:nsid w:val="730D17A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3150,51 +3150,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="78A5AAC9"/>
+    <w:nsid w:val="32FE100A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3298,51 +3298,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="50B84D7A"/>
+    <w:nsid w:val="ACFC5B0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3446,51 +3446,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="14803567"/>
+    <w:nsid w:val="3B69E5BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3594,51 +3594,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D5BB2D67"/>
+    <w:nsid w:val="880B88D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3742,51 +3742,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0BCEA8E2"/>
+    <w:nsid w:val="BB029275"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3890,51 +3890,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E61829B2"/>
+    <w:nsid w:val="682F3C25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4038,51 +4038,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="1A4EADF8"/>
+    <w:nsid w:val="7967D7F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4186,51 +4186,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="362AE4B5"/>
+    <w:nsid w:val="F33C3555"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4334,51 +4334,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="BF3FCE57"/>
+    <w:nsid w:val="494E8E0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4482,51 +4482,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="F38628E0"/>
+    <w:nsid w:val="B18BD7E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4630,51 +4630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="9E07CCD5"/>
+    <w:nsid w:val="50FA9BE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4778,51 +4778,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="0DE6D068"/>
+    <w:nsid w:val="678F73E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4926,51 +4926,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="BA393048"/>
+    <w:nsid w:val="F866FB86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5074,51 +5074,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C917866F"/>
+    <w:nsid w:val="F1815289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>