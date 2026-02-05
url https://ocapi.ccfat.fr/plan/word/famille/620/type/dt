--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2558,51 +2558,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A4DE746E"/>
+    <w:nsid w:val="677793EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2706,51 +2706,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D171091C"/>
+    <w:nsid w:val="622225F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2854,51 +2854,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B8DC4D8D"/>
+    <w:nsid w:val="6B7617FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3002,51 +3002,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="730D17A5"/>
+    <w:nsid w:val="8C13D92F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3150,51 +3150,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="32FE100A"/>
+    <w:nsid w:val="998467C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3298,51 +3298,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="ACFC5B0E"/>
+    <w:nsid w:val="3D0091E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3446,51 +3446,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="3B69E5BA"/>
+    <w:nsid w:val="B2464049"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3594,51 +3594,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="880B88D6"/>
+    <w:nsid w:val="DA6FFE65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3742,51 +3742,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="BB029275"/>
+    <w:nsid w:val="B2B7E581"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3890,51 +3890,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="682F3C25"/>
+    <w:nsid w:val="A1B7AC6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4038,51 +4038,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="7967D7F7"/>
+    <w:nsid w:val="4CAB559C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4186,51 +4186,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="F33C3555"/>
+    <w:nsid w:val="2E7CF31D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4334,51 +4334,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="494E8E0F"/>
+    <w:nsid w:val="4BFE7720"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4482,51 +4482,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="B18BD7E6"/>
+    <w:nsid w:val="93CAC328"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4630,51 +4630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="50FA9BE4"/>
+    <w:nsid w:val="958B88F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4778,51 +4778,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="678F73E5"/>
+    <w:nsid w:val="9290A5AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4926,51 +4926,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F866FB86"/>
+    <w:nsid w:val="76C5311F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5074,51 +5074,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="F1815289"/>
+    <w:nsid w:val="40A65FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>