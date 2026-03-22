--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2558,51 +2558,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="677793EB"/>
+    <w:nsid w:val="BA947E5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2706,51 +2706,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="622225F7"/>
+    <w:nsid w:val="62F56E1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2854,51 +2854,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6B7617FE"/>
+    <w:nsid w:val="624AB632"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3002,51 +3002,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8C13D92F"/>
+    <w:nsid w:val="B47341ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3150,51 +3150,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="998467C2"/>
+    <w:nsid w:val="B59DF873"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3298,51 +3298,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3D0091E0"/>
+    <w:nsid w:val="9128208F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3446,51 +3446,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B2464049"/>
+    <w:nsid w:val="6E3F7734"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3594,51 +3594,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="DA6FFE65"/>
+    <w:nsid w:val="0AD58570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3742,51 +3742,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B2B7E581"/>
+    <w:nsid w:val="C9F7FA1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3890,51 +3890,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A1B7AC6B"/>
+    <w:nsid w:val="4322BBEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4038,51 +4038,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4CAB559C"/>
+    <w:nsid w:val="783AE326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4186,51 +4186,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2E7CF31D"/>
+    <w:nsid w:val="0FE21B97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4334,51 +4334,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4BFE7720"/>
+    <w:nsid w:val="103E6071"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4482,51 +4482,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="93CAC328"/>
+    <w:nsid w:val="E9DC7C1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4630,51 +4630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="958B88F8"/>
+    <w:nsid w:val="537DFEDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4778,51 +4778,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9290A5AC"/>
+    <w:nsid w:val="205EF365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4926,51 +4926,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="76C5311F"/>
+    <w:nsid w:val="542C631C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5074,51 +5074,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="40A65FF4"/>
+    <w:nsid w:val="4CA2F36C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>