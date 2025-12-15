--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2779,51 +2779,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="0729F4FE"/>
+    <w:nsid w:val="FBC80D11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2927,51 +2927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="35F13D66"/>
+    <w:nsid w:val="D13F0D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3075,51 +3075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B573B6ED"/>
+    <w:nsid w:val="1AE75E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3223,51 +3223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="0753BA7E"/>
+    <w:nsid w:val="48A439DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3371,51 +3371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C90B6AB9"/>
+    <w:nsid w:val="FB63DBDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3519,51 +3519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C855DEA8"/>
+    <w:nsid w:val="B9BE17FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3667,51 +3667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D0F7A30B"/>
+    <w:nsid w:val="3C77BB08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3815,51 +3815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BFFA0ED1"/>
+    <w:nsid w:val="C8F484A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3963,51 +3963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="AD2791ED"/>
+    <w:nsid w:val="9867C1A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4111,51 +4111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="CBED3110"/>
+    <w:nsid w:val="A6997605"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4259,51 +4259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="6528270A"/>
+    <w:nsid w:val="C72E04F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4407,51 +4407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2AA23E7E"/>
+    <w:nsid w:val="487188C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4555,51 +4555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="8F500641"/>
+    <w:nsid w:val="76AF0A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4703,51 +4703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="A2823B78"/>
+    <w:nsid w:val="2A63E2D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4851,51 +4851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2ED5D3D5"/>
+    <w:nsid w:val="E4D526DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4999,51 +4999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="4E4E89E3"/>
+    <w:nsid w:val="B3FB5295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5147,51 +5147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F3063ECF"/>
+    <w:nsid w:val="DD9A28AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5295,51 +5295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="ED9C2DC6"/>
+    <w:nsid w:val="BB053D8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5443,51 +5443,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="4649AF2D"/>
+    <w:nsid w:val="287BE393"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5591,51 +5591,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="90243B5C"/>
+    <w:nsid w:val="FB3EB401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5739,51 +5739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="B22E74EB"/>
+    <w:nsid w:val="CD66543E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5887,51 +5887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A50540B1"/>
+    <w:nsid w:val="685F4669"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6035,51 +6035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="6CA3E5A3"/>
+    <w:nsid w:val="14130616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>