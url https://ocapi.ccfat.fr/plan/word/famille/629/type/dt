--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2779,51 +2779,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="FBC80D11"/>
+    <w:nsid w:val="3D1F802F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2927,51 +2927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D13F0D67"/>
+    <w:nsid w:val="7205D9FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3075,51 +3075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1AE75E47"/>
+    <w:nsid w:val="E78C8785"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3223,51 +3223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="48A439DE"/>
+    <w:nsid w:val="47DCE546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3371,51 +3371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FB63DBDB"/>
+    <w:nsid w:val="4CFDAF2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3519,51 +3519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B9BE17FA"/>
+    <w:nsid w:val="85D13D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3667,51 +3667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="3C77BB08"/>
+    <w:nsid w:val="F87AFA06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3815,51 +3815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="C8F484A3"/>
+    <w:nsid w:val="761A74AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3963,51 +3963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="9867C1A7"/>
+    <w:nsid w:val="DD9916FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4111,51 +4111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A6997605"/>
+    <w:nsid w:val="293588B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4259,51 +4259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="C72E04F2"/>
+    <w:nsid w:val="A5D552B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4407,51 +4407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="487188C6"/>
+    <w:nsid w:val="0CC387E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4555,51 +4555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="76AF0A27"/>
+    <w:nsid w:val="524424F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4703,51 +4703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="2A63E2D9"/>
+    <w:nsid w:val="209FF288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4851,51 +4851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="E4D526DF"/>
+    <w:nsid w:val="57815754"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4999,51 +4999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="B3FB5295"/>
+    <w:nsid w:val="33462480"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5147,51 +5147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DD9A28AA"/>
+    <w:nsid w:val="C817A944"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5295,51 +5295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BB053D8F"/>
+    <w:nsid w:val="BE9F8398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5443,51 +5443,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="287BE393"/>
+    <w:nsid w:val="856008EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5591,51 +5591,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="FB3EB401"/>
+    <w:nsid w:val="D2635896"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5739,51 +5739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="CD66543E"/>
+    <w:nsid w:val="81EE7E6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5887,51 +5887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="685F4669"/>
+    <w:nsid w:val="C2556228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6035,51 +6035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="14130616"/>
+    <w:nsid w:val="A0A8C97A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>