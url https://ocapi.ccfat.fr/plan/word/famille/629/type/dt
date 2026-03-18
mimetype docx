--- v2 (2026-02-14)
+++ v3 (2026-03-18)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 18/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2779,51 +2779,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3D1F802F"/>
+    <w:nsid w:val="5224A14A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2927,51 +2927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7205D9FC"/>
+    <w:nsid w:val="E66A10D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3075,51 +3075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="E78C8785"/>
+    <w:nsid w:val="E3FF249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3223,51 +3223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="47DCE546"/>
+    <w:nsid w:val="18A60D4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3371,51 +3371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="4CFDAF2D"/>
+    <w:nsid w:val="B0EC7178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3519,51 +3519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="85D13D73"/>
+    <w:nsid w:val="3263765B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3667,51 +3667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F87AFA06"/>
+    <w:nsid w:val="0D25702D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3815,51 +3815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="761A74AF"/>
+    <w:nsid w:val="510B0896"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3963,51 +3963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="DD9916FC"/>
+    <w:nsid w:val="2BF20F81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4111,51 +4111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="293588B3"/>
+    <w:nsid w:val="C1E477FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4259,51 +4259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="A5D552B1"/>
+    <w:nsid w:val="489C91D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4407,51 +4407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="0CC387E1"/>
+    <w:nsid w:val="7EE68482"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4555,51 +4555,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="524424F1"/>
+    <w:nsid w:val="BD20637B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4703,51 +4703,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="209FF288"/>
+    <w:nsid w:val="7E9202E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4851,51 +4851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="57815754"/>
+    <w:nsid w:val="780D7CC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4999,51 +4999,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="33462480"/>
+    <w:nsid w:val="3926EE98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5147,51 +5147,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="C817A944"/>
+    <w:nsid w:val="448060F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5295,51 +5295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BE9F8398"/>
+    <w:nsid w:val="F7C1011A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5443,51 +5443,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="856008EF"/>
+    <w:nsid w:val="6D2CA761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5591,51 +5591,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="D2635896"/>
+    <w:nsid w:val="5E4FDAE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5739,51 +5739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="81EE7E6B"/>
+    <w:nsid w:val="E7FEFEF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5887,51 +5887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="C2556228"/>
+    <w:nsid w:val="E31498AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6035,51 +6035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="A0A8C97A"/>
+    <w:nsid w:val="A14A28C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>