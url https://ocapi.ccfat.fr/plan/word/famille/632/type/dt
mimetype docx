--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 25/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 18/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -6230,51 +6230,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E291CE66"/>
+    <w:nsid w:val="9CDB4A66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6378,51 +6378,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3C6AA376"/>
+    <w:nsid w:val="45E036A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6526,51 +6526,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="A0A59DA0"/>
+    <w:nsid w:val="43DE63BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6674,51 +6674,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="AF60A440"/>
+    <w:nsid w:val="14A38F98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6822,51 +6822,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2B69FEC8"/>
+    <w:nsid w:val="D286BD8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>