--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 18/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -6230,51 +6230,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="9CDB4A66"/>
+    <w:nsid w:val="18041D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6378,51 +6378,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="45E036A4"/>
+    <w:nsid w:val="9C1BA3A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6526,51 +6526,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="43DE63BE"/>
+    <w:nsid w:val="5B518EEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6674,51 +6674,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="14A38F98"/>
+    <w:nsid w:val="4769F5B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6822,51 +6822,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D286BD8F"/>
+    <w:nsid w:val="D77DDFB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>