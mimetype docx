--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -6230,51 +6230,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="18041D7B"/>
+    <w:nsid w:val="B36F7875"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6378,51 +6378,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9C1BA3A8"/>
+    <w:nsid w:val="387CCD57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6526,51 +6526,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="5B518EEB"/>
+    <w:nsid w:val="6726C98B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6674,51 +6674,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="4769F5B1"/>
+    <w:nsid w:val="26AA1EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6822,51 +6822,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D77DDFB7"/>
+    <w:nsid w:val="DAD0B05D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>