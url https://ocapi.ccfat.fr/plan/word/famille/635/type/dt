--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 16/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2806,51 +2806,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="FEAC8B76"/>
+    <w:nsid w:val="61E673B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2954,51 +2954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9C568FE1"/>
+    <w:nsid w:val="1E2EC76E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3102,51 +3102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="36DC31CD"/>
+    <w:nsid w:val="B1A178FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3250,51 +3250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="85B5905D"/>
+    <w:nsid w:val="65B7398D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3398,51 +3398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="CABB5D2F"/>
+    <w:nsid w:val="ECA76063"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3546,51 +3546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="BBA943FC"/>
+    <w:nsid w:val="A7B43E84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3694,51 +3694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="018909DC"/>
+    <w:nsid w:val="E8C6FA98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3842,51 +3842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="12C06ABE"/>
+    <w:nsid w:val="73413C68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3990,51 +3990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C779ACC4"/>
+    <w:nsid w:val="6129FFC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4138,51 +4138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7FE923E8"/>
+    <w:nsid w:val="1237CDE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4286,51 +4286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="48787BDA"/>
+    <w:nsid w:val="217581F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4434,51 +4434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="DE4406FF"/>
+    <w:nsid w:val="33559281"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4582,51 +4582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="848BA684"/>
+    <w:nsid w:val="B03FC43C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4730,51 +4730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="900FB440"/>
+    <w:nsid w:val="7667F1C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4878,51 +4878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="370675F2"/>
+    <w:nsid w:val="54EEB87C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5026,51 +5026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F8852E2E"/>
+    <w:nsid w:val="F2B31A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5174,51 +5174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="5C469428"/>
+    <w:nsid w:val="F880B0CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5322,51 +5322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="9F5EE409"/>
+    <w:nsid w:val="7AA09882"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>