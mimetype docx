--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 16/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2806,51 +2806,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="61E673B8"/>
+    <w:nsid w:val="F2377528"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2954,51 +2954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1E2EC76E"/>
+    <w:nsid w:val="97F01D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3102,51 +3102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B1A178FB"/>
+    <w:nsid w:val="8560E230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3250,51 +3250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="65B7398D"/>
+    <w:nsid w:val="7DF5257B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3398,51 +3398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="ECA76063"/>
+    <w:nsid w:val="F0989BA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3546,51 +3546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="A7B43E84"/>
+    <w:nsid w:val="D5F75EDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3694,51 +3694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E8C6FA98"/>
+    <w:nsid w:val="FB381B1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3842,51 +3842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="73413C68"/>
+    <w:nsid w:val="87F3ED4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3990,51 +3990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="6129FFC9"/>
+    <w:nsid w:val="94408AB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4138,51 +4138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1237CDE8"/>
+    <w:nsid w:val="7FB859BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4286,51 +4286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="217581F5"/>
+    <w:nsid w:val="066F1F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4434,51 +4434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="33559281"/>
+    <w:nsid w:val="E5EAF831"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4582,51 +4582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="B03FC43C"/>
+    <w:nsid w:val="4AB799C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4730,51 +4730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7667F1C5"/>
+    <w:nsid w:val="9FB9ACB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4878,51 +4878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="54EEB87C"/>
+    <w:nsid w:val="8311243B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5026,51 +5026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F2B31A3B"/>
+    <w:nsid w:val="E9091628"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5174,51 +5174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F880B0CE"/>
+    <w:nsid w:val="B6411E5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5322,51 +5322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="7AA09882"/>
+    <w:nsid w:val="55ED47C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>