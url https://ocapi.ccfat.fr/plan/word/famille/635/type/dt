--- v2 (2026-02-14)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2806,51 +2806,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F2377528"/>
+    <w:nsid w:val="773B9882"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2954,51 +2954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="97F01D6A"/>
+    <w:nsid w:val="6103D755"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3102,51 +3102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8560E230"/>
+    <w:nsid w:val="C5FE89DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3250,51 +3250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7DF5257B"/>
+    <w:nsid w:val="7332495B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3398,51 +3398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F0989BA6"/>
+    <w:nsid w:val="385AE3CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3546,51 +3546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D5F75EDA"/>
+    <w:nsid w:val="2F951493"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3694,51 +3694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FB381B1B"/>
+    <w:nsid w:val="8DBD848C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3842,51 +3842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="87F3ED4B"/>
+    <w:nsid w:val="423649A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3990,51 +3990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="94408AB9"/>
+    <w:nsid w:val="2124CE00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4138,51 +4138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7FB859BA"/>
+    <w:nsid w:val="6BE0743C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4286,51 +4286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="066F1F17"/>
+    <w:nsid w:val="4936B2BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4434,51 +4434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E5EAF831"/>
+    <w:nsid w:val="1F710DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4582,51 +4582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4AB799C6"/>
+    <w:nsid w:val="0AB71893"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4730,51 +4730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="9FB9ACB6"/>
+    <w:nsid w:val="ED52F0B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4878,51 +4878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8311243B"/>
+    <w:nsid w:val="BF366A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5026,51 +5026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E9091628"/>
+    <w:nsid w:val="B798C455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5174,51 +5174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B6411E5A"/>
+    <w:nsid w:val="24308B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5322,51 +5322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="55ED47C1"/>
+    <w:nsid w:val="77C28DEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>