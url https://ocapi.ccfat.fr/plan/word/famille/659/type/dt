--- v0 (2025-12-16)
+++ v1 (2026-02-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 16/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -482,51 +482,51 @@
         <w:t xml:space="preserve">Indiquer dans les tableaux : « Perte de charge maximale de l’alimentation en air "PB" (Pa) ».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Le terme « configuration horizontale » devra être remplacé par « configuration avec terminal horizontal ».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. Règles de conception générales</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 12/10/2023</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 20/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Préciser les conditions générales de conception.En particulier,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
@@ -566,51 +566,58 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Préciser que dans le cas d'une prise d'air extérieure en configuration séparée, l'extrémité du terminal d'amenée d'air comburant doit être équipée d'un dispositif prévu pour empêcher la pénétration des oiseaux ou rongeurs tout en conservant la section libre de passage d'air et dans ce cas la perte de charge induite par ce dispositif doit être prise en compte dans le dimensionnement de l'installation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">concernant le positionnement des terminaux : indiquer que les règles de positionnement des terminaux du DTA du système d'amenée d'air comburant et d'évacuation des produits de combustion sont à respecter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Préciser que les règles de positionnement des terminaux (distance aux ouvrants et entrées d’air et distance au voisinage) prévues pour les bâtiments d’habitation individuelle sont également applicables pour les autres types de bâtiments : bâtiments d’habitation collectif, bâtiments relevant du Code du travail et Etablissements Recevant du Public</w:t>
+        <w:t xml:space="preserve">Préciser que les règles de positionnement des terminaux (distance aux ouvrants et entrées d’air et distance au voisinage) prévues pour les bâtiments d’habitation individuelle sont également applicables pour les autres types de bâtiments : bâtiments d’habitation collectif, bâtiments relevant du Code du travail et Etablissements Recevant du Public.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Néanmoins, en application des arrêtés du 25 juin 1980 modifié et du 22 juin 1990 modifié, seuls les terminaux verticaux sont admis dans les Etablissements Recevant du Public des 5 catégories.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Mise en oeuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1. Généralités</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
@@ -908,51 +915,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="42C71E74"/>
+    <w:nsid w:val="3C5D75CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1056,51 +1063,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="19757968"/>
+    <w:nsid w:val="38912E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1204,51 +1211,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="7C31EDED"/>
+    <w:nsid w:val="C65FA38B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1352,51 +1359,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7C61D5DD"/>
+    <w:nsid w:val="64EB21DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1500,51 +1507,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="B590EB63"/>
+    <w:nsid w:val="BB61517B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1648,51 +1655,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F77C15EF"/>
+    <w:nsid w:val="3D0ACD96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>