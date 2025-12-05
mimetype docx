--- v0 (2025-11-05)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 05/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 05/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3021,51 +3021,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="5392FFF4"/>
+    <w:nsid w:val="DB2E1E8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3169,51 +3169,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="023D6A98"/>
+    <w:nsid w:val="244E9E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3317,51 +3317,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B236FD13"/>
+    <w:nsid w:val="FAE27149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3465,51 +3465,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8D5C1CBF"/>
+    <w:nsid w:val="61DC5344"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3613,51 +3613,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="44A59196"/>
+    <w:nsid w:val="23AA4D45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3761,51 +3761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E902BD4D"/>
+    <w:nsid w:val="6DFBC92A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3909,51 +3909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FBB4211F"/>
+    <w:nsid w:val="193E0E4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4057,51 +4057,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5B672161"/>
+    <w:nsid w:val="F8DA8E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4205,51 +4205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="EBB450DD"/>
+    <w:nsid w:val="8246B684"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4353,51 +4353,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="C8D270B3"/>
+    <w:nsid w:val="A2D906A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4501,51 +4501,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E1CDB3E0"/>
+    <w:nsid w:val="F80B90D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4649,51 +4649,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="F6206EB8"/>
+    <w:nsid w:val="5E0A82C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4797,51 +4797,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="44C17182"/>
+    <w:nsid w:val="C4C37739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4945,51 +4945,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0A58E55D"/>
+    <w:nsid w:val="38BFF86F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5093,51 +5093,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="44E0E3CB"/>
+    <w:nsid w:val="66B36FE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5241,51 +5241,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="B6865DA1"/>
+    <w:nsid w:val="E5A776CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5389,51 +5389,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="0CAA0E60"/>
+    <w:nsid w:val="686A8FE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5537,51 +5537,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="B11E5F4A"/>
+    <w:nsid w:val="D0173C5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5685,51 +5685,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="00B3C532"/>
+    <w:nsid w:val="F1C39ABB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5833,51 +5833,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="011FD095"/>
+    <w:nsid w:val="1A813E34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5981,51 +5981,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="E5BA3E33"/>
+    <w:nsid w:val="98E55ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6129,51 +6129,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="CAC1AED2"/>
+    <w:nsid w:val="A1A3B4D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6277,51 +6277,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="631D1B93"/>
+    <w:nsid w:val="F2FBC68B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6425,51 +6425,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="4AECE80D"/>
+    <w:nsid w:val="CCEF20AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6573,51 +6573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="50AAF92A"/>
+    <w:nsid w:val="2EAFDEA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6721,51 +6721,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="E4B1A0EA"/>
+    <w:nsid w:val="C84EC319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6869,51 +6869,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="899CA7DA"/>
+    <w:nsid w:val="710593F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7017,51 +7017,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="96605B95"/>
+    <w:nsid w:val="99C9022E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7165,51 +7165,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="3759C271"/>
+    <w:nsid w:val="F27B584F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7313,51 +7313,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="FC039AF2"/>
+    <w:nsid w:val="ED1C9298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>