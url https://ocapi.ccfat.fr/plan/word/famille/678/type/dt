--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 05/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 03/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3021,51 +3021,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="DB2E1E8C"/>
+    <w:nsid w:val="F1674692"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3169,51 +3169,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="244E9E85"/>
+    <w:nsid w:val="C8EFA344"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3317,51 +3317,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="FAE27149"/>
+    <w:nsid w:val="6F8F75F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3465,51 +3465,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="61DC5344"/>
+    <w:nsid w:val="48CF853D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3613,51 +3613,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="23AA4D45"/>
+    <w:nsid w:val="C24350D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3761,51 +3761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6DFBC92A"/>
+    <w:nsid w:val="B8CD3D3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3909,51 +3909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="193E0E4B"/>
+    <w:nsid w:val="B5FEFFEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4057,51 +4057,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F8DA8E43"/>
+    <w:nsid w:val="1D86E45B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4205,51 +4205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="8246B684"/>
+    <w:nsid w:val="0D476CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4353,51 +4353,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A2D906A1"/>
+    <w:nsid w:val="B9CB2DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4501,51 +4501,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="F80B90D9"/>
+    <w:nsid w:val="8D7D668B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4649,51 +4649,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="5E0A82C5"/>
+    <w:nsid w:val="7BCA170A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4797,51 +4797,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="C4C37739"/>
+    <w:nsid w:val="56C9CF77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4945,51 +4945,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="38BFF86F"/>
+    <w:nsid w:val="11229E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5093,51 +5093,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="66B36FE1"/>
+    <w:nsid w:val="56F6BD07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5241,51 +5241,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="E5A776CC"/>
+    <w:nsid w:val="6F97AE9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5389,51 +5389,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="686A8FE2"/>
+    <w:nsid w:val="81410580"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5537,51 +5537,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D0173C5C"/>
+    <w:nsid w:val="C47D1356"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5685,51 +5685,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="F1C39ABB"/>
+    <w:nsid w:val="4C347C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5833,51 +5833,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="1A813E34"/>
+    <w:nsid w:val="3F04EE53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5981,51 +5981,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="98E55ADD"/>
+    <w:nsid w:val="6711594B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6129,51 +6129,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A1A3B4D1"/>
+    <w:nsid w:val="6076F80E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6277,51 +6277,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F2FBC68B"/>
+    <w:nsid w:val="8C2B82E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6425,51 +6425,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="CCEF20AE"/>
+    <w:nsid w:val="96EF7A79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6573,51 +6573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="2EAFDEA4"/>
+    <w:nsid w:val="4CF0F8AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6721,51 +6721,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="C84EC319"/>
+    <w:nsid w:val="AFAEB1AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6869,51 +6869,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="710593F6"/>
+    <w:nsid w:val="3492A07C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7017,51 +7017,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="99C9022E"/>
+    <w:nsid w:val="72D0E533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7165,51 +7165,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="F27B584F"/>
+    <w:nsid w:val="4A4B5E4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7313,51 +7313,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="ED1C9298"/>
+    <w:nsid w:val="04F92B35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>