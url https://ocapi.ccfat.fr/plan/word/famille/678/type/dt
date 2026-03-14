--- v2 (2026-02-03)
+++ v3 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 03/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 14/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3021,51 +3021,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F1674692"/>
+    <w:nsid w:val="AB082D14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3169,51 +3169,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C8EFA344"/>
+    <w:nsid w:val="2067EF81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3317,51 +3317,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6F8F75F3"/>
+    <w:nsid w:val="2FAFAE3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3465,51 +3465,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="48CF853D"/>
+    <w:nsid w:val="845677A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3613,51 +3613,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C24350D9"/>
+    <w:nsid w:val="F473A6CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3761,51 +3761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B8CD3D3B"/>
+    <w:nsid w:val="DD472A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3909,51 +3909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B5FEFFEC"/>
+    <w:nsid w:val="9FA0B371"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4057,51 +4057,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1D86E45B"/>
+    <w:nsid w:val="85CA76AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4205,51 +4205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0D476CAD"/>
+    <w:nsid w:val="8387FF6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4353,51 +4353,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="B9CB2DF1"/>
+    <w:nsid w:val="482F7108"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4501,51 +4501,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="8D7D668B"/>
+    <w:nsid w:val="D8E50E28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4649,51 +4649,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="7BCA170A"/>
+    <w:nsid w:val="53EC4D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4797,51 +4797,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="56C9CF77"/>
+    <w:nsid w:val="BE4D4D44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4945,51 +4945,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="11229E47"/>
+    <w:nsid w:val="8CFF1A81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5093,51 +5093,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="56F6BD07"/>
+    <w:nsid w:val="7A07480B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5241,51 +5241,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="6F97AE9C"/>
+    <w:nsid w:val="2E857DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5389,51 +5389,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="81410580"/>
+    <w:nsid w:val="4B590504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5537,51 +5537,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C47D1356"/>
+    <w:nsid w:val="0A2782DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5685,51 +5685,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="4C347C7D"/>
+    <w:nsid w:val="A0988E78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5833,51 +5833,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="3F04EE53"/>
+    <w:nsid w:val="D1D7EEE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5981,51 +5981,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="6711594B"/>
+    <w:nsid w:val="2704101A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6129,51 +6129,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="6076F80E"/>
+    <w:nsid w:val="FBD5D392"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6277,51 +6277,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="8C2B82E6"/>
+    <w:nsid w:val="9495DE48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6425,51 +6425,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="96EF7A79"/>
+    <w:nsid w:val="2C3ED8A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6573,51 +6573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="4CF0F8AA"/>
+    <w:nsid w:val="B8945C6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6721,51 +6721,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="AFAEB1AB"/>
+    <w:nsid w:val="88EE73F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6869,51 +6869,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="3492A07C"/>
+    <w:nsid w:val="0402D274"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7017,51 +7017,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="72D0E533"/>
+    <w:nsid w:val="51B0514F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7165,51 +7165,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="4A4B5E4F"/>
+    <w:nsid w:val="2D068AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7313,51 +7313,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="04F92B35"/>
+    <w:nsid w:val="418BA7C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>