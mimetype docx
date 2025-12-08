--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2836,51 +2836,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="5188EFB4"/>
+    <w:nsid w:val="88F80C6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2984,51 +2984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1C5D6503"/>
+    <w:nsid w:val="056384AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3132,51 +3132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="40B8FDD6"/>
+    <w:nsid w:val="3CBA115C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3280,51 +3280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1CE4930F"/>
+    <w:nsid w:val="22CCD321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3428,51 +3428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7A9EEF4E"/>
+    <w:nsid w:val="6DBB2554"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3576,51 +3576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3F3225BE"/>
+    <w:nsid w:val="7C16DA8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3724,51 +3724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B7220CF8"/>
+    <w:nsid w:val="E8328EE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3872,51 +3872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="13EA49BF"/>
+    <w:nsid w:val="73E03B61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4020,51 +4020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1394E446"/>
+    <w:nsid w:val="2EBA729F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4168,51 +4168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5669F515"/>
+    <w:nsid w:val="33E8ECB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4316,51 +4316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4488B20F"/>
+    <w:nsid w:val="4AED9989"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4464,51 +4464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="47B4AEBB"/>
+    <w:nsid w:val="1A73A959"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4612,51 +4612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="64B19AD7"/>
+    <w:nsid w:val="8ADA3DFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4760,51 +4760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="8E370014"/>
+    <w:nsid w:val="24D13B55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4908,51 +4908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="9D4BC68D"/>
+    <w:nsid w:val="C8A71210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5056,51 +5056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="8C996DEB"/>
+    <w:nsid w:val="A00590EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5204,51 +5204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="0D1ED825"/>
+    <w:nsid w:val="ED3BB5A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5352,51 +5352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="3ECC15AC"/>
+    <w:nsid w:val="EF72C31A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5500,51 +5500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="365395C0"/>
+    <w:nsid w:val="2D19730A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5648,51 +5648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="405885E4"/>
+    <w:nsid w:val="5046C51E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5796,51 +5796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="EBEDFE70"/>
+    <w:nsid w:val="AB714669"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5944,51 +5944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="24539DF2"/>
+    <w:nsid w:val="CA4DAB3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6092,51 +6092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="136BD21D"/>
+    <w:nsid w:val="890C1FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6240,51 +6240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="ADD51ADF"/>
+    <w:nsid w:val="9AB05DE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6388,51 +6388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="F1D4822A"/>
+    <w:nsid w:val="DBA6CC8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6536,51 +6536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="67B5770F"/>
+    <w:nsid w:val="A627D2A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6684,51 +6684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="163D4156"/>
+    <w:nsid w:val="43A3BDE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6832,51 +6832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="BF8CB6DE"/>
+    <w:nsid w:val="740831D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6980,51 +6980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="D7DA7451"/>
+    <w:nsid w:val="BF24B1FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>