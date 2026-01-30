--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2836,51 +2836,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="88F80C6B"/>
+    <w:nsid w:val="E1335EA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2984,51 +2984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="056384AA"/>
+    <w:nsid w:val="CF0596C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3132,51 +3132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="3CBA115C"/>
+    <w:nsid w:val="2CEEE146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3280,51 +3280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="22CCD321"/>
+    <w:nsid w:val="4A9E023A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3428,51 +3428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="6DBB2554"/>
+    <w:nsid w:val="593C2DB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3576,51 +3576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="7C16DA8B"/>
+    <w:nsid w:val="842FE1BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3724,51 +3724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E8328EE1"/>
+    <w:nsid w:val="FC92335B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3872,51 +3872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="73E03B61"/>
+    <w:nsid w:val="279E39F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4020,51 +4020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2EBA729F"/>
+    <w:nsid w:val="98166846"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4168,51 +4168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="33E8ECB7"/>
+    <w:nsid w:val="6C78578F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4316,51 +4316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4AED9989"/>
+    <w:nsid w:val="0F1B92B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4464,51 +4464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1A73A959"/>
+    <w:nsid w:val="2C4295E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4612,51 +4612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="8ADA3DFE"/>
+    <w:nsid w:val="06B22EBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4760,51 +4760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="24D13B55"/>
+    <w:nsid w:val="539A8CF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4908,51 +4908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C8A71210"/>
+    <w:nsid w:val="DDD6A7FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5056,51 +5056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="A00590EF"/>
+    <w:nsid w:val="B118BCED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5204,51 +5204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="ED3BB5A7"/>
+    <w:nsid w:val="96414399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5352,51 +5352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="EF72C31A"/>
+    <w:nsid w:val="D0C386D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5500,51 +5500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="2D19730A"/>
+    <w:nsid w:val="252B5CAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5648,51 +5648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5046C51E"/>
+    <w:nsid w:val="E0BBB761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5796,51 +5796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AB714669"/>
+    <w:nsid w:val="52291E97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5944,51 +5944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="CA4DAB3E"/>
+    <w:nsid w:val="F977CFCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6092,51 +6092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="890C1FFB"/>
+    <w:nsid w:val="103982B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6240,51 +6240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9AB05DE9"/>
+    <w:nsid w:val="9BAE2E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6388,51 +6388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="DBA6CC8F"/>
+    <w:nsid w:val="08955BB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6536,51 +6536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="A627D2A8"/>
+    <w:nsid w:val="A54164FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6684,51 +6684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="43A3BDE0"/>
+    <w:nsid w:val="CF56CF16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6832,51 +6832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="740831D9"/>
+    <w:nsid w:val="67053F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6980,51 +6980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="BF24B1FA"/>
+    <w:nsid w:val="9881C347"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>