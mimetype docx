--- v2 (2026-01-30)
+++ v3 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2836,51 +2836,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E1335EA3"/>
+    <w:nsid w:val="456444CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2984,51 +2984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="CF0596C4"/>
+    <w:nsid w:val="86D6991E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3132,51 +3132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="2CEEE146"/>
+    <w:nsid w:val="B305BACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3280,51 +3280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="4A9E023A"/>
+    <w:nsid w:val="1CED5596"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3428,51 +3428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="593C2DB7"/>
+    <w:nsid w:val="D638502A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3576,51 +3576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="842FE1BA"/>
+    <w:nsid w:val="B792E1D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3724,51 +3724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FC92335B"/>
+    <w:nsid w:val="6C766560"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3872,51 +3872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="279E39F3"/>
+    <w:nsid w:val="CD6B6334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4020,51 +4020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="98166846"/>
+    <w:nsid w:val="E2EF1FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4168,51 +4168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6C78578F"/>
+    <w:nsid w:val="D486C1F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4316,51 +4316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0F1B92B4"/>
+    <w:nsid w:val="6987824C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4464,51 +4464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2C4295E5"/>
+    <w:nsid w:val="E23572AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4612,51 +4612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="06B22EBF"/>
+    <w:nsid w:val="4B9E608D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4760,51 +4760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="539A8CF3"/>
+    <w:nsid w:val="04220FF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4908,51 +4908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="DDD6A7FF"/>
+    <w:nsid w:val="EB07EEA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5056,51 +5056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="B118BCED"/>
+    <w:nsid w:val="BD4AC21B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5204,51 +5204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="96414399"/>
+    <w:nsid w:val="AE047F51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5352,51 +5352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D0C386D0"/>
+    <w:nsid w:val="C36169FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5500,51 +5500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="252B5CAB"/>
+    <w:nsid w:val="ED2281BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5648,51 +5648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="E0BBB761"/>
+    <w:nsid w:val="2EDDAE1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5796,51 +5796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="52291E97"/>
+    <w:nsid w:val="A952E047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5944,51 +5944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="F977CFCE"/>
+    <w:nsid w:val="FF273D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6092,51 +6092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="103982B9"/>
+    <w:nsid w:val="6F6B9AF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6240,51 +6240,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9BAE2E46"/>
+    <w:nsid w:val="45FF0542"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6388,51 +6388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="08955BB0"/>
+    <w:nsid w:val="54DB1842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6536,51 +6536,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="A54164FC"/>
+    <w:nsid w:val="ADDCD096"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6684,51 +6684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="CF56CF16"/>
+    <w:nsid w:val="7E5702A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6832,51 +6832,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="67053F30"/>
+    <w:nsid w:val="D8471813"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6980,51 +6980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="9881C347"/>
+    <w:nsid w:val="ED0EDA73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>