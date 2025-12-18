--- v0 (2025-10-23)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 23/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 18/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2835,51 +2835,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="24B123EB"/>
+    <w:nsid w:val="4BBD6209"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2983,51 +2983,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1C7E5802"/>
+    <w:nsid w:val="DFE265C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3131,51 +3131,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="64885A2A"/>
+    <w:nsid w:val="EC9C29CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3279,51 +3279,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="F517F50B"/>
+    <w:nsid w:val="DD1D11F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3427,51 +3427,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="DD996C2D"/>
+    <w:nsid w:val="A5A85F59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3575,51 +3575,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="61DB5208"/>
+    <w:nsid w:val="79B3146D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3723,51 +3723,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="730A79B9"/>
+    <w:nsid w:val="15072052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3871,51 +3871,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="228F7686"/>
+    <w:nsid w:val="977681BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4019,51 +4019,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="0B04521E"/>
+    <w:nsid w:val="78F58CC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4167,51 +4167,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="DD6BB57B"/>
+    <w:nsid w:val="EF3720E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4315,51 +4315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="38BA1B4A"/>
+    <w:nsid w:val="6158083E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4463,51 +4463,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2FC6A224"/>
+    <w:nsid w:val="6CBBE095"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4611,51 +4611,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="C095217A"/>
+    <w:nsid w:val="57E11E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4759,51 +4759,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="5E7FF2FF"/>
+    <w:nsid w:val="3E1192D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4907,51 +4907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="CF8F0CA9"/>
+    <w:nsid w:val="8732FD7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5055,51 +5055,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D862043C"/>
+    <w:nsid w:val="BF377BBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5203,51 +5203,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6C8CA1AA"/>
+    <w:nsid w:val="70FA64DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5351,51 +5351,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BC662C51"/>
+    <w:nsid w:val="CF1EC527"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5499,51 +5499,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="15A86C96"/>
+    <w:nsid w:val="7BA4FB25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5647,51 +5647,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="06FC51CB"/>
+    <w:nsid w:val="5EC3E871"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5795,51 +5795,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="D3D4FE81"/>
+    <w:nsid w:val="B7AC725C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5943,51 +5943,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="F70F6B74"/>
+    <w:nsid w:val="73A6A3BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6091,51 +6091,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="2A897306"/>
+    <w:nsid w:val="58278965"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6239,51 +6239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="2071DC1D"/>
+    <w:nsid w:val="2C5FAB1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6387,51 +6387,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="FA11EB1F"/>
+    <w:nsid w:val="CA669FA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6535,51 +6535,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="FA855B3A"/>
+    <w:nsid w:val="99B731B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6683,51 +6683,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="1FD2BF32"/>
+    <w:nsid w:val="1456E1DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6831,51 +6831,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="C211D829"/>
+    <w:nsid w:val="AC19A529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>