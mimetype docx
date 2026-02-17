--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 18/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2835,51 +2835,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="4BBD6209"/>
+    <w:nsid w:val="A27CB950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2983,51 +2983,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="DFE265C5"/>
+    <w:nsid w:val="C7EB76CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3131,51 +3131,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="EC9C29CA"/>
+    <w:nsid w:val="475DFDE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3279,51 +3279,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="DD1D11F2"/>
+    <w:nsid w:val="47612767"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3427,51 +3427,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="A5A85F59"/>
+    <w:nsid w:val="E8EA0F9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3575,51 +3575,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="79B3146D"/>
+    <w:nsid w:val="0D509B9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3723,51 +3723,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="15072052"/>
+    <w:nsid w:val="7630893D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3871,51 +3871,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="977681BE"/>
+    <w:nsid w:val="2407D383"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4019,51 +4019,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="78F58CC6"/>
+    <w:nsid w:val="387CCE08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4167,51 +4167,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="EF3720E1"/>
+    <w:nsid w:val="3D3F8606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4315,51 +4315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="6158083E"/>
+    <w:nsid w:val="7C163649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4463,51 +4463,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="6CBBE095"/>
+    <w:nsid w:val="6DA1D0CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4611,51 +4611,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="57E11E4C"/>
+    <w:nsid w:val="2D024673"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4759,51 +4759,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="3E1192D7"/>
+    <w:nsid w:val="B7B4AEDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4907,51 +4907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8732FD7A"/>
+    <w:nsid w:val="B3D5EE9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5055,51 +5055,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="BF377BBA"/>
+    <w:nsid w:val="64D3C845"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5203,51 +5203,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="70FA64DA"/>
+    <w:nsid w:val="8459C8A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5351,51 +5351,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="CF1EC527"/>
+    <w:nsid w:val="C653548F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5499,51 +5499,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="7BA4FB25"/>
+    <w:nsid w:val="1D4E341B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5647,51 +5647,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5EC3E871"/>
+    <w:nsid w:val="61459022"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5795,51 +5795,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="B7AC725C"/>
+    <w:nsid w:val="155A9D56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5943,51 +5943,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="73A6A3BF"/>
+    <w:nsid w:val="AE7697D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6091,51 +6091,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="58278965"/>
+    <w:nsid w:val="2C95C2A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6239,51 +6239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="2C5FAB1C"/>
+    <w:nsid w:val="535F1890"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6387,51 +6387,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="CA669FA1"/>
+    <w:nsid w:val="C53A7FDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6535,51 +6535,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="99B731B3"/>
+    <w:nsid w:val="3EDF92AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6683,51 +6683,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="1456E1DE"/>
+    <w:nsid w:val="09259F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6831,51 +6831,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="AC19A529"/>
+    <w:nsid w:val="52EABD8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>