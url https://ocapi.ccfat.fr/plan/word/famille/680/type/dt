--- v2 (2026-02-17)
+++ v3 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 23/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2835,51 +2835,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A27CB950"/>
+    <w:nsid w:val="347969E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2983,51 +2983,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C7EB76CA"/>
+    <w:nsid w:val="955ED97D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3131,51 +3131,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="475DFDE4"/>
+    <w:nsid w:val="D71E866A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3279,51 +3279,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="47612767"/>
+    <w:nsid w:val="33D8B5AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3427,51 +3427,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E8EA0F9D"/>
+    <w:nsid w:val="535E1AFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3575,51 +3575,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="0D509B9D"/>
+    <w:nsid w:val="74712A33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3723,51 +3723,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7630893D"/>
+    <w:nsid w:val="63066981"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3871,51 +3871,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="2407D383"/>
+    <w:nsid w:val="62809D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4019,51 +4019,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="387CCE08"/>
+    <w:nsid w:val="06357567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4167,51 +4167,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="3D3F8606"/>
+    <w:nsid w:val="70F3B877"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4315,51 +4315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="7C163649"/>
+    <w:nsid w:val="15B432F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4463,51 +4463,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="6DA1D0CA"/>
+    <w:nsid w:val="FC92B691"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4611,51 +4611,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="2D024673"/>
+    <w:nsid w:val="C39B4F65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4759,51 +4759,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="B7B4AEDC"/>
+    <w:nsid w:val="9FE05021"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4907,51 +4907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="B3D5EE9A"/>
+    <w:nsid w:val="DC23C98E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5055,51 +5055,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="64D3C845"/>
+    <w:nsid w:val="F7C579ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5203,51 +5203,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="8459C8A3"/>
+    <w:nsid w:val="CB2D2EFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5351,51 +5351,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C653548F"/>
+    <w:nsid w:val="C77E0118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5499,51 +5499,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="1D4E341B"/>
+    <w:nsid w:val="BEAE4F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5647,51 +5647,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="61459022"/>
+    <w:nsid w:val="E1A13140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5795,51 +5795,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="155A9D56"/>
+    <w:nsid w:val="AD107433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5943,51 +5943,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="AE7697D2"/>
+    <w:nsid w:val="6D4B7AE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6091,51 +6091,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="2C95C2A8"/>
+    <w:nsid w:val="4C2D865E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6239,51 +6239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="535F1890"/>
+    <w:nsid w:val="910D7344"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6387,51 +6387,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="C53A7FDC"/>
+    <w:nsid w:val="39AB04BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6535,51 +6535,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="3EDF92AB"/>
+    <w:nsid w:val="F43B27B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6683,51 +6683,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="09259F05"/>
+    <w:nsid w:val="A3CFD30C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6831,51 +6831,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="52EABD8C"/>
+    <w:nsid w:val="0533F94A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>