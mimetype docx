--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 17/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2595,51 +2595,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="756E3D83"/>
+    <w:nsid w:val="1841D6BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="64B3405B"/>
+    <w:nsid w:val="3C327B1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="EE8CAB9F"/>
+    <w:nsid w:val="9A63A687"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="0C7399C4"/>
+    <w:nsid w:val="BCC97A2B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="46F29683"/>
+    <w:nsid w:val="6CC6C186"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="B4B88F4C"/>
+    <w:nsid w:val="C41E78DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="09CAF7A7"/>
+    <w:nsid w:val="9EA9C3FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5C9BE7A7"/>
+    <w:nsid w:val="A791F721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C81EFC34"/>
+    <w:nsid w:val="18FB981C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="71D876DA"/>
+    <w:nsid w:val="95C75CF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="54F31E1D"/>
+    <w:nsid w:val="4D5B64E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="B45993EF"/>
+    <w:nsid w:val="D54552AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="1F6DF105"/>
+    <w:nsid w:val="CA7E640B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="57B65D09"/>
+    <w:nsid w:val="8B95CBB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1B683AF4"/>
+    <w:nsid w:val="BABBD164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="2AC58632"/>
+    <w:nsid w:val="3319A4E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="4C265258"/>
+    <w:nsid w:val="CB08B908"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="B4BB3612"/>
+    <w:nsid w:val="4D2F4ECF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="83A7C270"/>
+    <w:nsid w:val="E5A55932"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A225309F"/>
+    <w:nsid w:val="7653D4F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>