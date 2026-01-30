--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2595,51 +2595,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1841D6BB"/>
+    <w:nsid w:val="88ADFED5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3C327B1E"/>
+    <w:nsid w:val="E47CDA45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="9A63A687"/>
+    <w:nsid w:val="6AEBCEAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BCC97A2B"/>
+    <w:nsid w:val="6CA311B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="6CC6C186"/>
+    <w:nsid w:val="4548C3E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C41E78DF"/>
+    <w:nsid w:val="9DBFF2C6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="9EA9C3FC"/>
+    <w:nsid w:val="4671B40C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A791F721"/>
+    <w:nsid w:val="8452D135"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="18FB981C"/>
+    <w:nsid w:val="A4392C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="95C75CF9"/>
+    <w:nsid w:val="30FEE119"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="4D5B64E9"/>
+    <w:nsid w:val="1662C5B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D54552AB"/>
+    <w:nsid w:val="3505AD75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="CA7E640B"/>
+    <w:nsid w:val="07A8557E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="8B95CBB1"/>
+    <w:nsid w:val="AFA468D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="BABBD164"/>
+    <w:nsid w:val="8CAF02FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="3319A4E4"/>
+    <w:nsid w:val="DD626191"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="CB08B908"/>
+    <w:nsid w:val="DB650452"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="4D2F4ECF"/>
+    <w:nsid w:val="255F9B98"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E5A55932"/>
+    <w:nsid w:val="3E4B0014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7653D4F5"/>
+    <w:nsid w:val="ED245FCF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>