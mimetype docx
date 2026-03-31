--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2595,51 +2595,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="88ADFED5"/>
+    <w:nsid w:val="A260E40F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2743,51 +2743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E47CDA45"/>
+    <w:nsid w:val="C75F463B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2891,51 +2891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6AEBCEAF"/>
+    <w:nsid w:val="7E84938F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3039,51 +3039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6CA311B9"/>
+    <w:nsid w:val="ED52072C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3187,51 +3187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="4548C3E1"/>
+    <w:nsid w:val="DD9C976B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="9DBFF2C6"/>
+    <w:nsid w:val="3E058A60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3483,51 +3483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="4671B40C"/>
+    <w:nsid w:val="D03DB050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="8452D135"/>
+    <w:nsid w:val="0EEE10B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3779,51 +3779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A4392C61"/>
+    <w:nsid w:val="0398B4DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3927,51 +3927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="30FEE119"/>
+    <w:nsid w:val="056EE8F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4075,51 +4075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="1662C5B9"/>
+    <w:nsid w:val="4003B14D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4223,51 +4223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3505AD75"/>
+    <w:nsid w:val="376774F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4371,51 +4371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="07A8557E"/>
+    <w:nsid w:val="1E8AC04E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4519,51 +4519,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="AFA468D6"/>
+    <w:nsid w:val="7152DE75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4667,51 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8CAF02FB"/>
+    <w:nsid w:val="36FD9712"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4815,51 +4815,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="DD626191"/>
+    <w:nsid w:val="48C77D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4963,51 +4963,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="DB650452"/>
+    <w:nsid w:val="16A3BEED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5111,51 +5111,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="255F9B98"/>
+    <w:nsid w:val="E7689ACD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="3E4B0014"/>
+    <w:nsid w:val="67A8717E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="ED245FCF"/>
+    <w:nsid w:val="9F692993"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>