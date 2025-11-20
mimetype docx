--- v0 (2025-10-21)
+++ v1 (2025-11-20)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 21/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 20/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2807,51 +2807,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="BB05EF8C"/>
+    <w:nsid w:val="31A70E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2955,51 +2955,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2F442137"/>
+    <w:nsid w:val="C145534A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3103,51 +3103,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="34D9D09F"/>
+    <w:nsid w:val="424F7E12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3251,51 +3251,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="9AAED1FC"/>
+    <w:nsid w:val="279DF065"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3399,51 +3399,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="95185639"/>
+    <w:nsid w:val="705499CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3547,51 +3547,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="842F66D4"/>
+    <w:nsid w:val="AB3A1AB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3695,51 +3695,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D067CDE9"/>
+    <w:nsid w:val="2ABD0452"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3843,51 +3843,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="E61316A6"/>
+    <w:nsid w:val="742CB876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3991,51 +3991,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="3385341A"/>
+    <w:nsid w:val="D862F834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4139,51 +4139,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5FA4798C"/>
+    <w:nsid w:val="2B74A5C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4287,51 +4287,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E65DC14A"/>
+    <w:nsid w:val="5A12A954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4435,51 +4435,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="97625835"/>
+    <w:nsid w:val="A212BC5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4583,51 +4583,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3D42CA86"/>
+    <w:nsid w:val="4F2B7D03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4731,51 +4731,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="29D03BB4"/>
+    <w:nsid w:val="4A059A55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4879,51 +4879,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="20D924D0"/>
+    <w:nsid w:val="1047707A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5027,51 +5027,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="895FDAE8"/>
+    <w:nsid w:val="F56C60C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5175,51 +5175,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="D4556F54"/>
+    <w:nsid w:val="0485A3AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5323,51 +5323,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D0863D16"/>
+    <w:nsid w:val="C9D049E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5471,51 +5471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="535637A8"/>
+    <w:nsid w:val="DE47BE6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>