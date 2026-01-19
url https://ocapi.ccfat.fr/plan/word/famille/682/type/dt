--- v1 (2025-11-20)
+++ v2 (2026-01-19)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 20/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 19/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2807,51 +2807,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="31A70E9A"/>
+    <w:nsid w:val="C53D4C67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2955,51 +2955,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C145534A"/>
+    <w:nsid w:val="A6D19DEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3103,51 +3103,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="424F7E12"/>
+    <w:nsid w:val="B63C7E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3251,51 +3251,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="279DF065"/>
+    <w:nsid w:val="F6A9C526"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3399,51 +3399,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="705499CD"/>
+    <w:nsid w:val="3F1135E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3547,51 +3547,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="AB3A1AB7"/>
+    <w:nsid w:val="035F3E24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3695,51 +3695,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="2ABD0452"/>
+    <w:nsid w:val="9617D09B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3843,51 +3843,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="742CB876"/>
+    <w:nsid w:val="28719FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3991,51 +3991,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D862F834"/>
+    <w:nsid w:val="A5FEF181"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4139,51 +4139,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2B74A5C1"/>
+    <w:nsid w:val="F5714D1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4287,51 +4287,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5A12A954"/>
+    <w:nsid w:val="8E02FF54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4435,51 +4435,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="A212BC5F"/>
+    <w:nsid w:val="064618B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4583,51 +4583,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="4F2B7D03"/>
+    <w:nsid w:val="C191E950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4731,51 +4731,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="4A059A55"/>
+    <w:nsid w:val="DC0B94FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4879,51 +4879,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1047707A"/>
+    <w:nsid w:val="F9147D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5027,51 +5027,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="F56C60C2"/>
+    <w:nsid w:val="59ED83E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5175,51 +5175,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="0485A3AF"/>
+    <w:nsid w:val="74AD8FE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5323,51 +5323,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C9D049E0"/>
+    <w:nsid w:val="3EE53A68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5471,51 +5471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="DE47BE6F"/>
+    <w:nsid w:val="FF69C0EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>