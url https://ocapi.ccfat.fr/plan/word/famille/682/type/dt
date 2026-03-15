--- v2 (2026-01-19)
+++ v3 (2026-03-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 19/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 13 - Édité le 15/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 13 « Procédés pour la mise en œuvre des revêtements »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2807,51 +2807,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C53D4C67"/>
+    <w:nsid w:val="A031561D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2955,51 +2955,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A6D19DEC"/>
+    <w:nsid w:val="1D9856A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3103,51 +3103,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B63C7E80"/>
+    <w:nsid w:val="031807DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3251,51 +3251,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="F6A9C526"/>
+    <w:nsid w:val="9034C277"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3399,51 +3399,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="3F1135E0"/>
+    <w:nsid w:val="AE4DAC92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3547,51 +3547,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="035F3E24"/>
+    <w:nsid w:val="A640DE6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3695,51 +3695,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="9617D09B"/>
+    <w:nsid w:val="3CF1A368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3843,51 +3843,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="28719FDE"/>
+    <w:nsid w:val="BCB6DDEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3991,51 +3991,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A5FEF181"/>
+    <w:nsid w:val="3626F9B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4139,51 +4139,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F5714D1C"/>
+    <w:nsid w:val="F178105F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4287,51 +4287,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="8E02FF54"/>
+    <w:nsid w:val="030A6505"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4435,51 +4435,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="064618B1"/>
+    <w:nsid w:val="3DDC3C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4583,51 +4583,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="C191E950"/>
+    <w:nsid w:val="86BF74EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4731,51 +4731,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="DC0B94FF"/>
+    <w:nsid w:val="A88DC222"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4879,51 +4879,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="F9147D84"/>
+    <w:nsid w:val="2566AA88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5027,51 +5027,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="59ED83E2"/>
+    <w:nsid w:val="B1507993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5175,51 +5175,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="74AD8FE9"/>
+    <w:nsid w:val="F91B6762"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5323,51 +5323,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="3EE53A68"/>
+    <w:nsid w:val="6D668341"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5471,51 +5471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="FF69C0EF"/>
+    <w:nsid w:val="24541DC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>