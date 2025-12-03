--- v0 (2025-11-03)
+++ v1 (2025-12-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3793,51 +3793,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C5BE2AD5"/>
+    <w:nsid w:val="8AC20005"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3941,51 +3941,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AC584130"/>
+    <w:nsid w:val="A60265FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4089,51 +4089,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B85A00F9"/>
+    <w:nsid w:val="8934C27C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4237,51 +4237,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="3017C914"/>
+    <w:nsid w:val="8CB6D4D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4385,51 +4385,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="8EBF94EE"/>
+    <w:nsid w:val="1C200F92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4533,51 +4533,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="48975628"/>
+    <w:nsid w:val="3CCE08F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4681,51 +4681,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="DE936BBC"/>
+    <w:nsid w:val="902E9940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4829,51 +4829,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="DD25FF2C"/>
+    <w:nsid w:val="2E763DDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4977,51 +4977,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="E84E48B6"/>
+    <w:nsid w:val="122D63D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5125,51 +5125,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="B0DEACA5"/>
+    <w:nsid w:val="6EAD79FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5273,51 +5273,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="FBA76556"/>
+    <w:nsid w:val="37556283"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5421,51 +5421,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="C3D6F9D4"/>
+    <w:nsid w:val="5BA6381C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5569,51 +5569,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D4157692"/>
+    <w:nsid w:val="9EAB2BFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5717,51 +5717,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="7664EC9C"/>
+    <w:nsid w:val="BB658800"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5865,51 +5865,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="8B529D7A"/>
+    <w:nsid w:val="1D91B13D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>