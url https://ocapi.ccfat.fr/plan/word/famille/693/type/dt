--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 03/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 01/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -748,75 +748,75 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aspect, poids, dimensions, colorimétrie : 1 fois par poste et par extrudeuse.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="2160" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h3"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1.2.2. Profilés de coulisses formant fourrure d'épaisseur</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 14/02/2020</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fréquences de contrôles sur les coulisses formant fourrure en PVC : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">cf NF126</w:t>
+        <w:t xml:space="preserve">cf QB 59</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. Films</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
@@ -1065,209 +1065,124 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir (si concerné) la notice d’entretien ainsi que le contrat de maintenance.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Résultats expérimentaux</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 14/02/2020</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 10/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Fournir copie des rapports d’essais de toute nature, en laboratoire ou in situ, sur les constituants ou sur les coffres pouvant apporter justification de l’aptitude à l’emploi du système évalué.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les constituants :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">coulisses formant fourrures d’épaisseur en PVC (</w:t>
+        <w:t xml:space="preserve">profilés PVC (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cf NF EN 12608+référentiel NF126</w:t>
+        <w:t xml:space="preserve">Cf NF EN 12608 + référentiel QB 59</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">autres profilés PVC (Modalités d’essais selon NF EN 12608) :</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">) ;</w:t>
+        <w:t xml:space="preserve">garnitures d’étanchéité :Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification QB 36 ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">garnitures d’étanchéité :Pour la partie active des profilés (hormis ceux en EPDM) qui assurent une fonction d’étanchéité, leur composition matière doit être conforme au référentiel de certification QB36. ;</w:t>
-[...11 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">profilés métalliques :Les profilés en acier doivent avoir un indice de protection contre la corrosion de Z275).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sur les coffres :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">fournir copie des essais de perméabilité à l’air réalisés (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -1275,131 +1190,149 @@
         </w:rPr>
         <w:t xml:space="preserve">selon NF P 20-501 §6 : performance exigée : C3 selon NF P20-302</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">fournir copie des essais de résistance au vent (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">performance minimale exigé : FD DTU36.5 P3 §712</w:t>
+        <w:t xml:space="preserve">performance minimale exigé : NF DTU 36.5 P3 §7.1.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">fournir justifications sur la flèche verticale de l’ensemble coffre+traverse haute de menuiserie (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">exigence : 2 mm maximum</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">fournir les calculs thermiques des différentes combinaisons (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">En cas de mise en oeuvre dans les bâtiments relevant encore de la RT 2005, ou pour les bâtiments existants, le coefficient de transmission thermique des coffres Uc devra être inférieur ou égal à 3W/m².K. A partir du 1er janvier 2018, en cas de mise en oeuvre dans les bâtiments existants relevant de la RT élément par élément, le coefficient de transmission thermique des coffres Uc devra être inférieur ou égal à 2,5 W/(m².K)</w:t>
+        <w:t xml:space="preserve">En cas de mise en oeuvre dans les bâtiments relevant de la RT existant globale le coefficient de transmission thermique des coffres Uc devra être inférieur ou égal à 3 W/m².K. En cas de mise en oeuvre dans les bâtiments relevant de la RT élément par élément, le coefficient de transmission thermique des coffres Uc devra être inférieur ou égal à 2,5 W/(m².K)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Fournir copie de rapport d’essais sur produit de calfeutrement ayant fait l’objet d’essais satisfaisants de compatibilité – cohésion/adhésion sur les profilés etaccessoires en contact.</w:t>
+        <w:t xml:space="preserve">Fournir copie de rapport d’essais sur produit de calfeutrement ayant fait l’objet d’essais satisfaisants de compatibilité – cohésion/adhésion sur les profilés et accessoires en contact.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">NF EN ISO 8339</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Etablir le lien avec le ou les ATEcs déjà délivrés au bénéfice du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Présenter les évolutions du système depuis sa création.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fréquences minimales de contrôles sur les profilés PVC (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cf QB 59</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Références</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">9.1. Données environnementales</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
@@ -3614,58 +3547,106 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Passage d’une pièce non structurelle imprimée en 3D, vers une pièce réalisée par injection (forme et matière restant identiques). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ce lien renvoi vers la dernière version en vigueur, tenue à jour.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">10.35. 2025 (02) Justification de la compatibilité et de l’adhésivité-cohésion des mastics</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La compatibilité des mastics/silicones est à justifier systématiquement pour chaque contact avec un matériau environnant (hors profilés de fenêtre (PVC, alu, acier) sauf cas particuliers). Cette justification consiste en la réalisation d’un essai conformément au NF DTU 39 P1-2 Annexe A.2.Dans les cas où l’adhésivité-cohésion des mastics/silicones est à justifier, elle doit l’être avec chaque matériau environnant (profilés, accessoires, fond de joints, …) à l’aide d’essais de convenance selon les procédures définies dans le NF DTU 36.5 P1-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">10.36. 2025 (03) Protection de la traverse haute dans le cas des bardages ventilés</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 15/05/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La phrase « Dans le cas de mise en œuvre en ITE avec bardage ventilé, il y aura lieu de prévoir une protection de la traverse haute de manière systématique (de type membrane, larmier, …). » sera ajoutée systématiquement dans chapitre Dispositions de mise en œuvre, dans le paragraphe Cas de l’ITE.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -3793,51 +3774,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8AC20005"/>
+    <w:nsid w:val="6653122C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3941,51 +3922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A60265FA"/>
+    <w:nsid w:val="27E5873D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4089,51 +4070,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8934C27C"/>
+    <w:nsid w:val="88A79538"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4237,51 +4218,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8CB6D4D8"/>
+    <w:nsid w:val="CF180BF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4385,51 +4366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="1C200F92"/>
+    <w:nsid w:val="264E8B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4533,51 +4514,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3CCE08F2"/>
+    <w:nsid w:val="47FF5B5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4681,51 +4662,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="902E9940"/>
+    <w:nsid w:val="B9B4F32E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4829,51 +4810,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="2E763DDE"/>
+    <w:nsid w:val="07B35A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4977,51 +4958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="122D63D4"/>
+    <w:nsid w:val="FBE3A14E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5125,51 +5106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6EAD79FC"/>
+    <w:nsid w:val="F7F6032C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5273,51 +5254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="37556283"/>
+    <w:nsid w:val="8BF49A95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5421,51 +5402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="5BA6381C"/>
+    <w:nsid w:val="E9C58834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5569,51 +5550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="9EAB2BFA"/>
+    <w:nsid w:val="26F21E19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5717,51 +5698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="BB658800"/>
+    <w:nsid w:val="D6EF980D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5865,51 +5846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1D91B13D"/>
+    <w:nsid w:val="21A0B83E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>