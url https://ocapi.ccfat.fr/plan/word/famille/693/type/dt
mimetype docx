--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 01/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 06 - Édité le 18/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 06 « Composants de baies et vitrages »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3605,50 +3605,103 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 15/05/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">La phrase « Dans le cas de mise en œuvre en ITE avec bardage ventilé, il y aura lieu de prévoir une protection de la traverse haute de manière systématique (de type membrane, larmier, …). » sera ajoutée systématiquement dans chapitre Dispositions de mise en œuvre, dans le paragraphe Cas de l’ITE.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.37. 2025 (10) Evolution de la liste exhaustive concernant la procédure d'évolutions mineures</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 13/11/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les propositions de modifications ont été examinées par le GS. La liste exhaustive sera mise à jour en conséquence et envoyée aux membres du GS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La liste des évolutions mineures « Simplification des DTA-AT du GS6_V3_2025 » est disponible au lien ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.38. 2025 (12) Réaction au feu pour les avis techniques de coffres</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811024" w:h="16837.795275591"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3774,51 +3827,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="6653122C"/>
+    <w:nsid w:val="20D24F73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3922,51 +3975,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="27E5873D"/>
+    <w:nsid w:val="D073750B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4070,51 +4123,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="88A79538"/>
+    <w:nsid w:val="BB9A3319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4218,51 +4271,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="CF180BF4"/>
+    <w:nsid w:val="5C3C3A6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4366,51 +4419,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="264E8B95"/>
+    <w:nsid w:val="F8D7351E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4514,51 +4567,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="47FF5B5A"/>
+    <w:nsid w:val="B5CA4E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4662,51 +4715,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B9B4F32E"/>
+    <w:nsid w:val="CCAA84F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4810,51 +4863,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="07B35A1B"/>
+    <w:nsid w:val="36F77DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4958,51 +5011,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="FBE3A14E"/>
+    <w:nsid w:val="191CBB7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5106,51 +5159,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F7F6032C"/>
+    <w:nsid w:val="5D22AA08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5254,51 +5307,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="8BF49A95"/>
+    <w:nsid w:val="E6DA6204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5402,51 +5455,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E9C58834"/>
+    <w:nsid w:val="5A8BAB9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5550,51 +5603,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="26F21E19"/>
+    <w:nsid w:val="679F4EF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5698,51 +5751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D6EF980D"/>
+    <w:nsid w:val="E7AE87A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5846,51 +5899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="21A0B83E"/>
+    <w:nsid w:val="7AEAA460"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>