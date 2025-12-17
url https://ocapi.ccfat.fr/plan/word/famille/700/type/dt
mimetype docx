--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 23/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 18/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2603,51 +2603,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2DE5D4DA"/>
+    <w:nsid w:val="7BC507D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2751,51 +2751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="24A24EEA"/>
+    <w:nsid w:val="6B18EA01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2899,51 +2899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="07C096F3"/>
+    <w:nsid w:val="13909036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3047,51 +3047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="10DC47B8"/>
+    <w:nsid w:val="34D96785"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3195,51 +3195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7356E5F2"/>
+    <w:nsid w:val="FEC8890F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3343,51 +3343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3F7FE1BA"/>
+    <w:nsid w:val="7B0F2D93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3491,51 +3491,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A2CE53ED"/>
+    <w:nsid w:val="01E07336"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3639,51 +3639,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="B590F7B2"/>
+    <w:nsid w:val="C585F656"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3787,51 +3787,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="50D2303D"/>
+    <w:nsid w:val="F21DF5D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3935,51 +3935,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="FD2D2381"/>
+    <w:nsid w:val="1A64903D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4083,51 +4083,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="183E3DCF"/>
+    <w:nsid w:val="5826B044"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4231,51 +4231,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="3F34BBDD"/>
+    <w:nsid w:val="91DC70CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4379,51 +4379,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="51A3D9CC"/>
+    <w:nsid w:val="D093ABFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4527,51 +4527,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="F7DE7373"/>
+    <w:nsid w:val="D95221EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4675,51 +4675,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1AF2656B"/>
+    <w:nsid w:val="37DA6F24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4823,51 +4823,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="3C16D0CF"/>
+    <w:nsid w:val="789E7B06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4971,51 +4971,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="66847018"/>
+    <w:nsid w:val="F1FA77CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5119,51 +5119,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="6390C12E"/>
+    <w:nsid w:val="76A9BBE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5267,51 +5267,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6D8E1EEB"/>
+    <w:nsid w:val="08D85DB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5415,51 +5415,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="37D187CE"/>
+    <w:nsid w:val="6C00F5E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5563,51 +5563,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="F7885211"/>
+    <w:nsid w:val="6FCF8967"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5711,51 +5711,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="ECFC3635"/>
+    <w:nsid w:val="AA056689"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5859,51 +5859,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="CAE2E6B0"/>
+    <w:nsid w:val="36DFFBB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6007,51 +6007,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="13F437AC"/>
+    <w:nsid w:val="2CD585D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6155,51 +6155,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="E4C3A87B"/>
+    <w:nsid w:val="BD0D15FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>