--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 18/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2603,51 +2603,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="7BC507D0"/>
+    <w:nsid w:val="AC12660B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2751,51 +2751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="6B18EA01"/>
+    <w:nsid w:val="7F55124A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2899,51 +2899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="13909036"/>
+    <w:nsid w:val="64919795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3047,51 +3047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="34D96785"/>
+    <w:nsid w:val="0C01C68F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3195,51 +3195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FEC8890F"/>
+    <w:nsid w:val="D82F5006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3343,51 +3343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="7B0F2D93"/>
+    <w:nsid w:val="F86F22AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3491,51 +3491,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="01E07336"/>
+    <w:nsid w:val="43192612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3639,51 +3639,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="C585F656"/>
+    <w:nsid w:val="3D3003CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3787,51 +3787,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="F21DF5D6"/>
+    <w:nsid w:val="ED0A8F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3935,51 +3935,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="1A64903D"/>
+    <w:nsid w:val="6FF62253"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4083,51 +4083,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="5826B044"/>
+    <w:nsid w:val="ADCDD434"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4231,51 +4231,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="91DC70CC"/>
+    <w:nsid w:val="A3735087"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4379,51 +4379,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="D093ABFD"/>
+    <w:nsid w:val="574C2113"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4527,51 +4527,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="D95221EB"/>
+    <w:nsid w:val="8843AD09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4675,51 +4675,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="37DA6F24"/>
+    <w:nsid w:val="ECC579AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4823,51 +4823,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="789E7B06"/>
+    <w:nsid w:val="0DCE8657"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4971,51 +4971,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F1FA77CE"/>
+    <w:nsid w:val="BF0E25F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5119,51 +5119,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="76A9BBE1"/>
+    <w:nsid w:val="85A8138B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5267,51 +5267,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="08D85DB1"/>
+    <w:nsid w:val="7A9BE789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5415,51 +5415,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="6C00F5E0"/>
+    <w:nsid w:val="48764FE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5563,51 +5563,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="6FCF8967"/>
+    <w:nsid w:val="FF261432"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5711,51 +5711,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="AA056689"/>
+    <w:nsid w:val="D2B7F74B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5859,51 +5859,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="36DFFBB7"/>
+    <w:nsid w:val="5E9A72CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6007,51 +6007,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="2CD585D7"/>
+    <w:nsid w:val="6EA8318B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6155,51 +6155,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="BD0D15FB"/>
+    <w:nsid w:val="24A0F8E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>