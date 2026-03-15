--- v2 (2026-02-17)
+++ v3 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 15/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2603,51 +2603,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AC12660B"/>
+    <w:nsid w:val="9A579AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2751,51 +2751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7F55124A"/>
+    <w:nsid w:val="7E16B83E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2899,51 +2899,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="64919795"/>
+    <w:nsid w:val="135101B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3047,51 +3047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="0C01C68F"/>
+    <w:nsid w:val="63869FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3195,51 +3195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D82F5006"/>
+    <w:nsid w:val="543B2F50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3343,51 +3343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F86F22AA"/>
+    <w:nsid w:val="A63B310D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3491,51 +3491,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="43192612"/>
+    <w:nsid w:val="30FF5985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3639,51 +3639,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="3D3003CB"/>
+    <w:nsid w:val="262DD57E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3787,51 +3787,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="ED0A8F7D"/>
+    <w:nsid w:val="CAA5B36C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3935,51 +3935,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6FF62253"/>
+    <w:nsid w:val="2594A16F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4083,51 +4083,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="ADCDD434"/>
+    <w:nsid w:val="44FB32E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4231,51 +4231,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="A3735087"/>
+    <w:nsid w:val="98929D29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4379,51 +4379,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="574C2113"/>
+    <w:nsid w:val="77F26F9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4527,51 +4527,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="8843AD09"/>
+    <w:nsid w:val="58FCDD4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4675,51 +4675,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="ECC579AB"/>
+    <w:nsid w:val="9C503876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4823,51 +4823,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="0DCE8657"/>
+    <w:nsid w:val="17CB0AF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4971,51 +4971,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="BF0E25F0"/>
+    <w:nsid w:val="C2CD0821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5119,51 +5119,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="85A8138B"/>
+    <w:nsid w:val="09B39766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5267,51 +5267,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="7A9BE789"/>
+    <w:nsid w:val="ADEAAE9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5415,51 +5415,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="48764FE1"/>
+    <w:nsid w:val="AFEAD89C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5563,51 +5563,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="FF261432"/>
+    <w:nsid w:val="8F4CE314"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5711,51 +5711,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="D2B7F74B"/>
+    <w:nsid w:val="B2BAFFD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5859,51 +5859,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="5E9A72CE"/>
+    <w:nsid w:val="9C1F6823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6007,51 +6007,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="6EA8318B"/>
+    <w:nsid w:val="18473AB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6155,51 +6155,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="24A0F8E4"/>
+    <w:nsid w:val="30C6FE4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>