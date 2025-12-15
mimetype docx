--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 15/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2948,51 +2948,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="69864913"/>
+    <w:nsid w:val="B90A3DCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3096,51 +3096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="63A54ACF"/>
+    <w:nsid w:val="7DDB6C92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3244,51 +3244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D39A3D79"/>
+    <w:nsid w:val="8B2A57AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3392,51 +3392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="8716EA43"/>
+    <w:nsid w:val="043C7649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3540,51 +3540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="06C8F89D"/>
+    <w:nsid w:val="8317EE53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3688,51 +3688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="F9784876"/>
+    <w:nsid w:val="549EC2DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3836,51 +3836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="EBDA8377"/>
+    <w:nsid w:val="6A91092B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3984,51 +3984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="FDFBB083"/>
+    <w:nsid w:val="A6758C63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4132,51 +4132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="5E0816D0"/>
+    <w:nsid w:val="C0969467"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4280,51 +4280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="78FECA6B"/>
+    <w:nsid w:val="F2088FD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4428,51 +4428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="27FE73A0"/>
+    <w:nsid w:val="E65CB86E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4576,51 +4576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="CCA82777"/>
+    <w:nsid w:val="6E4AEC1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4724,51 +4724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="700B905E"/>
+    <w:nsid w:val="62A69A3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4872,51 +4872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="2D9E632E"/>
+    <w:nsid w:val="38F2E87C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5020,51 +5020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="F67BBE14"/>
+    <w:nsid w:val="CDA79FFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5168,51 +5168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="9EB47D2C"/>
+    <w:nsid w:val="FAD42BF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5316,51 +5316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="C4D71D3D"/>
+    <w:nsid w:val="3B78D4D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5464,51 +5464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="291A669D"/>
+    <w:nsid w:val="5DD62727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5612,51 +5612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="FA89FB94"/>
+    <w:nsid w:val="D6813C0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5760,51 +5760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="49B09E46"/>
+    <w:nsid w:val="95BADBDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5908,51 +5908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="C0A080FE"/>
+    <w:nsid w:val="AEF6A917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6056,51 +6056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="F4BF838A"/>
+    <w:nsid w:val="A386CF84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6204,51 +6204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="DF087C4B"/>
+    <w:nsid w:val="BDFFCC77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6352,51 +6352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9FEB8DC1"/>
+    <w:nsid w:val="98CB3842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6500,51 +6500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="79A50FC5"/>
+    <w:nsid w:val="55AB05BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6648,51 +6648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="B12084B5"/>
+    <w:nsid w:val="7D74D40D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6796,51 +6796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="3F10526D"/>
+    <w:nsid w:val="CE17992B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6944,51 +6944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="FCED34C8"/>
+    <w:nsid w:val="BE3ABE89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7092,51 +7092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="16DB2344"/>
+    <w:nsid w:val="12934289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>