--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2948,51 +2948,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B90A3DCC"/>
+    <w:nsid w:val="334A994E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3096,51 +3096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7DDB6C92"/>
+    <w:nsid w:val="C1218B49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3244,51 +3244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8B2A57AA"/>
+    <w:nsid w:val="E7B0E80D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3392,51 +3392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="043C7649"/>
+    <w:nsid w:val="3625DD81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3540,51 +3540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="8317EE53"/>
+    <w:nsid w:val="77F8B12D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3688,51 +3688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="549EC2DC"/>
+    <w:nsid w:val="BD33B415"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3836,51 +3836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="6A91092B"/>
+    <w:nsid w:val="6116EFD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3984,51 +3984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A6758C63"/>
+    <w:nsid w:val="BD3D5A7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4132,51 +4132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C0969467"/>
+    <w:nsid w:val="990A07AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4280,51 +4280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F2088FD0"/>
+    <w:nsid w:val="E877217C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4428,51 +4428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E65CB86E"/>
+    <w:nsid w:val="32C1E4E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4576,51 +4576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="6E4AEC1F"/>
+    <w:nsid w:val="DB99FF9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4724,51 +4724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="62A69A3C"/>
+    <w:nsid w:val="40142990"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4872,51 +4872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="38F2E87C"/>
+    <w:nsid w:val="102E04EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5020,51 +5020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="CDA79FFA"/>
+    <w:nsid w:val="2DCC3CA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5168,51 +5168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="FAD42BF6"/>
+    <w:nsid w:val="6777CE91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5316,51 +5316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="3B78D4D9"/>
+    <w:nsid w:val="F6D16E16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5464,51 +5464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="5DD62727"/>
+    <w:nsid w:val="693B5420"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5612,51 +5612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="D6813C0F"/>
+    <w:nsid w:val="8B24A168"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5760,51 +5760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="95BADBDE"/>
+    <w:nsid w:val="2657E410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5908,51 +5908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="AEF6A917"/>
+    <w:nsid w:val="C4B81DF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6056,51 +6056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="A386CF84"/>
+    <w:nsid w:val="60727D94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6204,51 +6204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="BDFFCC77"/>
+    <w:nsid w:val="D69F72AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6352,51 +6352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="98CB3842"/>
+    <w:nsid w:val="79323ADA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6500,51 +6500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="55AB05BF"/>
+    <w:nsid w:val="C664DB06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6648,51 +6648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="7D74D40D"/>
+    <w:nsid w:val="9F9DF544"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6796,51 +6796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="CE17992B"/>
+    <w:nsid w:val="BFB09811"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6944,51 +6944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="BE3ABE89"/>
+    <w:nsid w:val="BDC542DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7092,51 +7092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="12934289"/>
+    <w:nsid w:val="E13EDF06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>