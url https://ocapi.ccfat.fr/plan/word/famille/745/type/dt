--- v2 (2026-02-17)
+++ v3 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 17/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 07 - Édité le 14/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 07 « Systèmes d'isolation extérieure avec enduit et produits connexes »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2948,51 +2948,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="334A994E"/>
+    <w:nsid w:val="998B7197"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3096,51 +3096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C1218B49"/>
+    <w:nsid w:val="18912629"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3244,51 +3244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="E7B0E80D"/>
+    <w:nsid w:val="97855FC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3392,51 +3392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="3625DD81"/>
+    <w:nsid w:val="356A7757"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3540,51 +3540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="77F8B12D"/>
+    <w:nsid w:val="E58D81E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3688,51 +3688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="BD33B415"/>
+    <w:nsid w:val="E131916D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3836,51 +3836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="6116EFD3"/>
+    <w:nsid w:val="61B8BE11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3984,51 +3984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BD3D5A7D"/>
+    <w:nsid w:val="553F5759"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4132,51 +4132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="990A07AA"/>
+    <w:nsid w:val="93ED4602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4280,51 +4280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E877217C"/>
+    <w:nsid w:val="E86974EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4428,51 +4428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="32C1E4E8"/>
+    <w:nsid w:val="B23FFC24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4576,51 +4576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="DB99FF9D"/>
+    <w:nsid w:val="33D025FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4724,51 +4724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="40142990"/>
+    <w:nsid w:val="5AF53A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4872,51 +4872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="102E04EE"/>
+    <w:nsid w:val="296EAB08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5020,51 +5020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2DCC3CA2"/>
+    <w:nsid w:val="1C2CAD29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5168,51 +5168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="6777CE91"/>
+    <w:nsid w:val="0EEBAE5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5316,51 +5316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F6D16E16"/>
+    <w:nsid w:val="09F7B6F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5464,51 +5464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="693B5420"/>
+    <w:nsid w:val="A375BDFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5612,51 +5612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="8B24A168"/>
+    <w:nsid w:val="6A63BFFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5760,51 +5760,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="2657E410"/>
+    <w:nsid w:val="4510017F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5908,51 +5908,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="C4B81DF9"/>
+    <w:nsid w:val="6B09AA1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6056,51 +6056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="60727D94"/>
+    <w:nsid w:val="C48B78C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6204,51 +6204,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="D69F72AB"/>
+    <w:nsid w:val="99DD9E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6352,51 +6352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="79323ADA"/>
+    <w:nsid w:val="83A3131A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6500,51 +6500,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="C664DB06"/>
+    <w:nsid w:val="D27854A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6648,51 +6648,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="9F9DF544"/>
+    <w:nsid w:val="A1E2D8F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6796,51 +6796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="BFB09811"/>
+    <w:nsid w:val="7710BADE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6944,51 +6944,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="BDC542DA"/>
+    <w:nsid w:val="23AC6C4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7092,51 +7092,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="E13EDF06"/>
+    <w:nsid w:val="D6117BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>