--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2130,51 +2130,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="229F1E0E"/>
+    <w:nsid w:val="CB7AEF75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2278,51 +2278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="ED865D97"/>
+    <w:nsid w:val="AD0D63B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2426,51 +2426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="60664F23"/>
+    <w:nsid w:val="C1DBAF97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2574,51 +2574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="218891CC"/>
+    <w:nsid w:val="1937628E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2722,51 +2722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="D687B5D2"/>
+    <w:nsid w:val="E2597000"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2870,51 +2870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="997FCBEF"/>
+    <w:nsid w:val="3D5A4302"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="10C2EEBB"/>
+    <w:nsid w:val="AEA337D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3166,51 +3166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D6DF2BB2"/>
+    <w:nsid w:val="1E57B9A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3314,51 +3314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B69A3189"/>
+    <w:nsid w:val="BBA6B068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9B0B1E36"/>
+    <w:nsid w:val="40DA5917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3610,51 +3610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E4870EE9"/>
+    <w:nsid w:val="9177DBB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3758,51 +3758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="F1D472B4"/>
+    <w:nsid w:val="487B13F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3906,51 +3906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="41A139D3"/>
+    <w:nsid w:val="30471F73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4054,51 +4054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="08BC2FE1"/>
+    <w:nsid w:val="C90AC716"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4202,51 +4202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="691A5A4C"/>
+    <w:nsid w:val="0D724576"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="40CDBDF8"/>
+    <w:nsid w:val="67C34149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4498,51 +4498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="116D4FF3"/>
+    <w:nsid w:val="4F0B5AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4646,51 +4646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="E10EA478"/>
+    <w:nsid w:val="708AFEEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4794,51 +4794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5FC763F5"/>
+    <w:nsid w:val="3544C1BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4942,51 +4942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="046199F0"/>
+    <w:nsid w:val="39CD3CF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5090,51 +5090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="BFB536FE"/>
+    <w:nsid w:val="A70BD0CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>