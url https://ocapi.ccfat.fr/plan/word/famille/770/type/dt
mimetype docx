--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2130,51 +2130,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="CB7AEF75"/>
+    <w:nsid w:val="3EC84EFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2278,51 +2278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AD0D63B2"/>
+    <w:nsid w:val="6B81A3E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2426,51 +2426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="C1DBAF97"/>
+    <w:nsid w:val="6EECE753"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2574,51 +2574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1937628E"/>
+    <w:nsid w:val="5B045AFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2722,51 +2722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E2597000"/>
+    <w:nsid w:val="6732174E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2870,51 +2870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3D5A4302"/>
+    <w:nsid w:val="9578B109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="AEA337D8"/>
+    <w:nsid w:val="5E239D39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3166,51 +3166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1E57B9A7"/>
+    <w:nsid w:val="70C6706A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3314,51 +3314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="BBA6B068"/>
+    <w:nsid w:val="4FC514AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="40DA5917"/>
+    <w:nsid w:val="3979B819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3610,51 +3610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9177DBB6"/>
+    <w:nsid w:val="06090E51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3758,51 +3758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="487B13F4"/>
+    <w:nsid w:val="B1B3149D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3906,51 +3906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="30471F73"/>
+    <w:nsid w:val="3DED9277"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4054,51 +4054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="C90AC716"/>
+    <w:nsid w:val="9793B005"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4202,51 +4202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="0D724576"/>
+    <w:nsid w:val="C5E61093"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="67C34149"/>
+    <w:nsid w:val="1AE9CEE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4498,51 +4498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="4F0B5AE3"/>
+    <w:nsid w:val="E4B47187"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4646,51 +4646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="708AFEEC"/>
+    <w:nsid w:val="905FA5D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4794,51 +4794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="3544C1BA"/>
+    <w:nsid w:val="ACFEBF95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4942,51 +4942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="39CD3CF0"/>
+    <w:nsid w:val="68A1F6DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5090,51 +5090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="A70BD0CF"/>
+    <w:nsid w:val="854176A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>