--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2130,51 +2130,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3EC84EFD"/>
+    <w:nsid w:val="F91E9FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2278,51 +2278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="6B81A3E7"/>
+    <w:nsid w:val="FCBD441A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2426,51 +2426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6EECE753"/>
+    <w:nsid w:val="440CB2C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2574,51 +2574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="5B045AFF"/>
+    <w:nsid w:val="8B201718"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2722,51 +2722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="6732174E"/>
+    <w:nsid w:val="219B6DB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2870,51 +2870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="9578B109"/>
+    <w:nsid w:val="0F4B8879"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="5E239D39"/>
+    <w:nsid w:val="34302E68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3166,51 +3166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="70C6706A"/>
+    <w:nsid w:val="47D77862"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3314,51 +3314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="4FC514AF"/>
+    <w:nsid w:val="A81E8C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="3979B819"/>
+    <w:nsid w:val="2A105343"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3610,51 +3610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="06090E51"/>
+    <w:nsid w:val="8652BD98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3758,51 +3758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="B1B3149D"/>
+    <w:nsid w:val="F36D2C50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3906,51 +3906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3DED9277"/>
+    <w:nsid w:val="BB78BE98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4054,51 +4054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="9793B005"/>
+    <w:nsid w:val="C84A7B73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4202,51 +4202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="C5E61093"/>
+    <w:nsid w:val="F04544F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="1AE9CEE4"/>
+    <w:nsid w:val="1E9355F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4498,51 +4498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E4B47187"/>
+    <w:nsid w:val="FF112436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4646,51 +4646,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="905FA5D3"/>
+    <w:nsid w:val="091030B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4794,51 +4794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="ACFEBF95"/>
+    <w:nsid w:val="7490D5FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4942,51 +4942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="68A1F6DA"/>
+    <w:nsid w:val="615B1817"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5090,51 +5090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="854176A6"/>
+    <w:nsid w:val="E55ED842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>