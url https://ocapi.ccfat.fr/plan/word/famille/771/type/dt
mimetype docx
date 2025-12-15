--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2344,51 +2344,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1E45BC65"/>
+    <w:nsid w:val="103DBF1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2492,51 +2492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="BBF2E48B"/>
+    <w:nsid w:val="4E964A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2640,51 +2640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="E5515746"/>
+    <w:nsid w:val="63945E8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2788,51 +2788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="49F3FED0"/>
+    <w:nsid w:val="5621EBBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2936,51 +2936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="45975A49"/>
+    <w:nsid w:val="DB6161BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3084,51 +3084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="7A02F343"/>
+    <w:nsid w:val="81CB3817"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3232,51 +3232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FB529AED"/>
+    <w:nsid w:val="ADBD893F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3380,51 +3380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="67671381"/>
+    <w:nsid w:val="04FAFA2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3528,51 +3528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="C2F1FFB0"/>
+    <w:nsid w:val="2EAC0321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3676,51 +3676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="FDACCF3C"/>
+    <w:nsid w:val="9D5A5BE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3824,51 +3824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="D6C4B90C"/>
+    <w:nsid w:val="87AE17CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3972,51 +3972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="174441CE"/>
+    <w:nsid w:val="517A4B9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4120,51 +4120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="3722F139"/>
+    <w:nsid w:val="8BCEA85A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4268,51 +4268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="89619A0F"/>
+    <w:nsid w:val="80BFC04C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4416,51 +4416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="33763298"/>
+    <w:nsid w:val="AF26BAB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4564,51 +4564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="630C94CA"/>
+    <w:nsid w:val="8CCB2639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4712,51 +4712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="A409F31C"/>
+    <w:nsid w:val="B2B595AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4860,51 +4860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="A59B3A2A"/>
+    <w:nsid w:val="930BE77F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5008,51 +5008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="6A617B71"/>
+    <w:nsid w:val="41B05B88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5156,51 +5156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="B15331F0"/>
+    <w:nsid w:val="1235C2BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5304,51 +5304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="96908C83"/>
+    <w:nsid w:val="604D39C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5452,51 +5452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="36B08292"/>
+    <w:nsid w:val="AA9D9C7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5600,51 +5600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="016AC9FA"/>
+    <w:nsid w:val="7A157F8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>