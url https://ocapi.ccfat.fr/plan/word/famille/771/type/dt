--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2344,51 +2344,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="103DBF1D"/>
+    <w:nsid w:val="AB00AF10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2492,51 +2492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E964A8B"/>
+    <w:nsid w:val="864A2533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2640,51 +2640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="63945E8E"/>
+    <w:nsid w:val="869514C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2788,51 +2788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="5621EBBD"/>
+    <w:nsid w:val="A2F8DA23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2936,51 +2936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="DB6161BF"/>
+    <w:nsid w:val="5E5DCC98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3084,51 +3084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="81CB3817"/>
+    <w:nsid w:val="89D63C8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3232,51 +3232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="ADBD893F"/>
+    <w:nsid w:val="485F3D7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3380,51 +3380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="04FAFA2B"/>
+    <w:nsid w:val="269D7946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3528,51 +3528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2EAC0321"/>
+    <w:nsid w:val="811E4CA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3676,51 +3676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9D5A5BE2"/>
+    <w:nsid w:val="60201B92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3824,51 +3824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="87AE17CC"/>
+    <w:nsid w:val="15200C0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3972,51 +3972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="517A4B9A"/>
+    <w:nsid w:val="D235A71E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4120,51 +4120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="8BCEA85A"/>
+    <w:nsid w:val="73780204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4268,51 +4268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="80BFC04C"/>
+    <w:nsid w:val="1CE384E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4416,51 +4416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AF26BAB9"/>
+    <w:nsid w:val="E98952D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4564,51 +4564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="8CCB2639"/>
+    <w:nsid w:val="57F253AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4712,51 +4712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B2B595AA"/>
+    <w:nsid w:val="86353827"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4860,51 +4860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="930BE77F"/>
+    <w:nsid w:val="72AD9A75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5008,51 +5008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="41B05B88"/>
+    <w:nsid w:val="4EC8178F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5156,51 +5156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="1235C2BB"/>
+    <w:nsid w:val="AFB8890D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5304,51 +5304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="604D39C4"/>
+    <w:nsid w:val="1DE1C429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5452,51 +5452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="AA9D9C7C"/>
+    <w:nsid w:val="602E99E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5600,51 +5600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="7A157F8A"/>
+    <w:nsid w:val="627D1B47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>