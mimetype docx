--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2344,51 +2344,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AB00AF10"/>
+    <w:nsid w:val="F4A02BE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2492,51 +2492,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="864A2533"/>
+    <w:nsid w:val="3AC20957"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2640,51 +2640,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="869514C3"/>
+    <w:nsid w:val="F7983FBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2788,51 +2788,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="A2F8DA23"/>
+    <w:nsid w:val="17C46B68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2936,51 +2936,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="5E5DCC98"/>
+    <w:nsid w:val="27CAB39F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3084,51 +3084,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="89D63C8B"/>
+    <w:nsid w:val="57E64F24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3232,51 +3232,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="485F3D7E"/>
+    <w:nsid w:val="B66E8475"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3380,51 +3380,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="269D7946"/>
+    <w:nsid w:val="6EA1F67B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3528,51 +3528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="811E4CA0"/>
+    <w:nsid w:val="57B0C9C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3676,51 +3676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="60201B92"/>
+    <w:nsid w:val="A187D0D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3824,51 +3824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="15200C0E"/>
+    <w:nsid w:val="2C9740CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3972,51 +3972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D235A71E"/>
+    <w:nsid w:val="EE80011F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4120,51 +4120,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="73780204"/>
+    <w:nsid w:val="1D1D2146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4268,51 +4268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="1CE384E0"/>
+    <w:nsid w:val="AA4E1CCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4416,51 +4416,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="E98952D9"/>
+    <w:nsid w:val="646AB2FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4564,51 +4564,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="57F253AB"/>
+    <w:nsid w:val="42DE748C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4712,51 +4712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="86353827"/>
+    <w:nsid w:val="C2B821DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4860,51 +4860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="72AD9A75"/>
+    <w:nsid w:val="152996F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5008,51 +5008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="4EC8178F"/>
+    <w:nsid w:val="C8D3D392"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5156,51 +5156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="AFB8890D"/>
+    <w:nsid w:val="1EB6BADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5304,51 +5304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="1DE1C429"/>
+    <w:nsid w:val="D41ECA8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5452,51 +5452,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="602E99E3"/>
+    <w:nsid w:val="10972730"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5600,51 +5600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="627D1B47"/>
+    <w:nsid w:val="FB1D9809"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>