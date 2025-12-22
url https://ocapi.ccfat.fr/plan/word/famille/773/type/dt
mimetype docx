--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 24/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3005,51 +3005,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3D5387B2"/>
+    <w:nsid w:val="E3FC59DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3153,51 +3153,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="EBA59F4C"/>
+    <w:nsid w:val="F560A768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3301,51 +3301,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="E5F7A519"/>
+    <w:nsid w:val="F31DECCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="95CD71D8"/>
+    <w:nsid w:val="1EA9D0C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3597,51 +3597,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="76457C11"/>
+    <w:nsid w:val="F15FA841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3745,51 +3745,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E04CAC19"/>
+    <w:nsid w:val="351E48DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3893,51 +3893,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1D12EE27"/>
+    <w:nsid w:val="45BB74C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4041,51 +4041,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6D01B3A2"/>
+    <w:nsid w:val="253AEB40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4189,51 +4189,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1D3EC335"/>
+    <w:nsid w:val="A785E976"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4337,51 +4337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D3AD2673"/>
+    <w:nsid w:val="E3DFDD8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4485,51 +4485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="CAC15D45"/>
+    <w:nsid w:val="87E6CEC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4633,51 +4633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D0684F56"/>
+    <w:nsid w:val="30E6384C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4781,51 +4781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="323B5FEF"/>
+    <w:nsid w:val="A8A12BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4929,51 +4929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="83F74344"/>
+    <w:nsid w:val="AECB709B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5077,51 +5077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="BAAED4FF"/>
+    <w:nsid w:val="796BBA23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5225,51 +5225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="D57553AE"/>
+    <w:nsid w:val="19BBE28A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5373,51 +5373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9E874CD6"/>
+    <w:nsid w:val="5FCE31DC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5521,51 +5521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="FC9FB894"/>
+    <w:nsid w:val="BCE1C405"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5669,51 +5669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="B17F6D6C"/>
+    <w:nsid w:val="5EFBDE31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5817,51 +5817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="F109D6E3"/>
+    <w:nsid w:val="7D32CE03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5965,51 +5965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="B96A1A5A"/>
+    <w:nsid w:val="75966985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6113,51 +6113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="D5035AE0"/>
+    <w:nsid w:val="2464A948"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6261,51 +6261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="CAEFE86B"/>
+    <w:nsid w:val="F8F6DB9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>