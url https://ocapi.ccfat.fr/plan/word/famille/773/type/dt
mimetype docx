--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3005,51 +3005,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E3FC59DA"/>
+    <w:nsid w:val="D59D19EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3153,51 +3153,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="F560A768"/>
+    <w:nsid w:val="AAECDEDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3301,51 +3301,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="F31DECCD"/>
+    <w:nsid w:val="34DAA876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1EA9D0C4"/>
+    <w:nsid w:val="ACA255F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3597,51 +3597,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F15FA841"/>
+    <w:nsid w:val="F5015A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3745,51 +3745,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="351E48DB"/>
+    <w:nsid w:val="95E2E852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3893,51 +3893,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="45BB74C1"/>
+    <w:nsid w:val="9BA640A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4041,51 +4041,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="253AEB40"/>
+    <w:nsid w:val="089B137F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4189,51 +4189,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A785E976"/>
+    <w:nsid w:val="27863553"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4337,51 +4337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E3DFDD8D"/>
+    <w:nsid w:val="7D5EB18D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4485,51 +4485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="87E6CEC0"/>
+    <w:nsid w:val="91177BE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4633,51 +4633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="30E6384C"/>
+    <w:nsid w:val="2175A100"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4781,51 +4781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="A8A12BC6"/>
+    <w:nsid w:val="F6D64E91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4929,51 +4929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="AECB709B"/>
+    <w:nsid w:val="4D7D0DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5077,51 +5077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="796BBA23"/>
+    <w:nsid w:val="73F02830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5225,51 +5225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="19BBE28A"/>
+    <w:nsid w:val="4FA2CFF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5373,51 +5373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="5FCE31DC"/>
+    <w:nsid w:val="6684FC35"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5521,51 +5521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="BCE1C405"/>
+    <w:nsid w:val="7B0C3FD7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5669,51 +5669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="5EFBDE31"/>
+    <w:nsid w:val="BD36D65B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5817,51 +5817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7D32CE03"/>
+    <w:nsid w:val="D1D04C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5965,51 +5965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="75966985"/>
+    <w:nsid w:val="16EC3199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6113,51 +6113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="2464A948"/>
+    <w:nsid w:val="075298A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6261,51 +6261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F8F6DB9C"/>
+    <w:nsid w:val="F42826EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>