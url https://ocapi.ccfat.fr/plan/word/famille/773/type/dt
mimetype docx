--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.1 - Édité le 22/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.1 « Planchers et accessoires de plancher »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3005,51 +3005,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="D59D19EC"/>
+    <w:nsid w:val="6AD91FF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3153,51 +3153,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AAECDEDF"/>
+    <w:nsid w:val="53284E8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3301,51 +3301,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="34DAA876"/>
+    <w:nsid w:val="415A0128"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="ACA255F8"/>
+    <w:nsid w:val="71DAA70C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3597,51 +3597,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F5015A1A"/>
+    <w:nsid w:val="968C2C70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3745,51 +3745,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="95E2E852"/>
+    <w:nsid w:val="3354BA93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3893,51 +3893,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="9BA640A5"/>
+    <w:nsid w:val="C137B9EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4041,51 +4041,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="089B137F"/>
+    <w:nsid w:val="F03A6BB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4189,51 +4189,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="27863553"/>
+    <w:nsid w:val="CD80E930"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4337,51 +4337,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7D5EB18D"/>
+    <w:nsid w:val="E81A3C58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4485,51 +4485,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="91177BE9"/>
+    <w:nsid w:val="78093BE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4633,51 +4633,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="2175A100"/>
+    <w:nsid w:val="2F15FA60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4781,51 +4781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="F6D64E91"/>
+    <w:nsid w:val="4EFBD244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4929,51 +4929,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="4D7D0DBF"/>
+    <w:nsid w:val="DD8AF55C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5077,51 +5077,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="73F02830"/>
+    <w:nsid w:val="CEA0B55E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5225,51 +5225,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="4FA2CFF2"/>
+    <w:nsid w:val="4BC2B59B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5373,51 +5373,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6684FC35"/>
+    <w:nsid w:val="C83E0942"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5521,51 +5521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="7B0C3FD7"/>
+    <w:nsid w:val="BEF21686"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5669,51 +5669,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="BD36D65B"/>
+    <w:nsid w:val="FBF9B3A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5817,51 +5817,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="D1D04C88"/>
+    <w:nsid w:val="F4CAE653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5965,51 +5965,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="16EC3199"/>
+    <w:nsid w:val="7B63C786"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6113,51 +6113,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="075298A4"/>
+    <w:nsid w:val="0414DB39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6261,51 +6261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="F42826EC"/>
+    <w:nsid w:val="58252B32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>